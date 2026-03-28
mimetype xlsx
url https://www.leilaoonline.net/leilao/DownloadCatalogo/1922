--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132084", "031")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132084", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215022 PLACA:  GDF0205 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080294136 CHASSI:  953658241GR605737 N.MOTOR:  2094336A234328 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>96.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132085", "032")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132085", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215024 PLACA:  GGD1154 ANO/MOD:  2015 ./ 2016 RENAVAM:  1083108457 CHASSI:  953658243GR604895 N.MOTOR:  2094309A104303 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132086", "033")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132086", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215027 PLACA:  GGF3336 ANO/MOD:  2015 ./ 2016 RENAVAM:  1083107027 CHASSI:  953658245GR604977 N.MOTOR:  2094321A234320 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132087", "034")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132087", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215028 PLACA:  FOH2942 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080295213 CHASSI:  953658245GR605904 N.MOTOR:  2094338A284337 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132088", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132088", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215039 PLACA:  GGI8674 ANO/MOD:  2015 ./ 2016 RENAVAM:  1083961893 CHASSI:  95365824XGR605106 N.MOTOR:  2094324A104320 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132090", "036")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132090", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215044 PLACA:  FLW0495 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080294560 CHASSI:  953658241GR605916 N.MOTOR:  2094338A354337 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132089", "037")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132089", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215045 PLACA:  FSR1646 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080326623 CHASSI:  953658243GR605934 N.MOTOR:  2094338A044337 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132093", "038")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132093", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215048 PLACA:  GFR3282 ANO/MOD:  2015 ./ 2016 RENAVAM:  1088845654 CHASSI:  953658245GR605126 N.MOTOR:  2094324A094320 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132091", "039")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132091", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215049 PLACA:  GBF4317 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080293385 CHASSI:  953658245GR605823 N.MOTOR:  2094336A244328 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132095", "040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132095", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215050 PLACA:  FCN0187 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080326810 CHASSI:  953658245GR605997 N.MOTOR:  2094336A214328 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132092", "041")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132092", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215051 PLACA:  GIP8576 ANO/MOD:  2015 ./ 2016 RENAVAM:  1083961869 CHASSI:  953658246GR604812 N.MOTOR:  2094313A194311 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>98.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132094", "042")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132094", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215059 PLACA:  GDH3139 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080293733 CHASSI:  953658247GR606004 N.MOTOR:  2094338A074337 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="B22" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>101.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132096", "043")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132096", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215060 PLACA:  GFM4513 ANO/MOD:  2015 ./ 2016 RENAVAM:  1083961753 CHASSI:  953658243GR605156 N.MOTOR:  2094321A194320 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132097", "044")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132097", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215065 PLACA:  GBL2469 ANO/MOD:  2015 ./ 2016 RENAVAM:  1080326160 CHASSI:  953658240GR605910 N.MOTOR:  2094338A264337 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>101.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132098", "045")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132098", " VOLKSWAGEN 17.280 CONSTELLATION COMPAC PREF 215068 PLACA:  GDZ4850 ANO/MOD:  2015 ./ 2016 RENAVAM:  1081353969 CHASSI:  953658242GR606024 N.MOTOR:  2094343A364343 OBS:  TRUCADO AUTOMÁTICA Veic. SEM EQUIPAMENTO. SINTESE ANEXO . NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>