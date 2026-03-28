--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132308", "241")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132308", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132698", "465")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132698", "7 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>910,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133104", "487")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133104", " APARELHO PARA EXERCICIOS ROTATÓRIOS LIFE GBJ. FCBM: 178960-1 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.710,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132323", "509")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132323", " APARELHO PARA EXERCÍCIO ELEVAÇÃO INVERNO HAMER GBCT; FCBM 199101-9 - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132319", "510")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132319", " APARELHO PARA EXERCÍCIO ELEVAÇÃO INVERNO HAMER GBCI; FCBM 199100-0 - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132300", "511")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132300", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132293", "512")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132293", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132298", "551")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132298", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132314", "627")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132314", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132295", "646")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132295", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132332", "2045")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132332", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132302", "2052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132302", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132313", "2053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132313", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132305", "2054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132305", " 11 POLTRONAS GIRATORIAS MOBILIARE E 1 CADEIRA GIRATÓRIA ALTA - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.430,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132310", "2055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132310", " 20 POLTRONAS GIRATORIAS MOBILIARE. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132294", "2056")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132294", " 20 POLTRONAS GIRATORIAS MOBILIARE. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132309", "2057")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132309", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132312", "2058")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132312", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132301", "2059")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132301", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132306", "2060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132306", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132299", "2061")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132299", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.730,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132315", "2062")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132315", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132316", "2063")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132316", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132318", "2064")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132318", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132326", "2066")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132326", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132325", "2067")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132325", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132336", "2068")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132336", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132337", "2069")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132337", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132329", "2070")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132329", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132317", "2071")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132317", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132321", "2072")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132321", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132324", "2073")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132324", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132311", "4181")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132311", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.690,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132320", "13465")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132320", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132331", "13467")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132331", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132322", "13468")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132322", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132335", "13469")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132335", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132330", "13470")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132330", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132297", "13471")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132297", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132328", "13472")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132328", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132327", "13473")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132327", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132303", "13475")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132303", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132304", "13476")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132304", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132292", "13477")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132292", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132307", "13479")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132307", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132296", "13480")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132296", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132291", "20552")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132291", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>