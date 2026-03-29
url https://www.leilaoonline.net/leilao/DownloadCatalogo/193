--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9391", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9391", " Caminhão VOLKSWAGEN 17.250 E ANO: 2011 TRUCADO Mec PLACA: EFV2361 EQUIP.: USIMECA - BRUTUS 19 m³ CHASSI: 9533N82T5BR154346 Renavam: 476482275 Prefixo:  211188")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9388", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9388", " Caminhão VOLKSWAGEN 17.250 E ANO: 2011 TRUCADO Mec ; PLACA: LRB4102 EQUIP.: USIMECA - BRUTUS 19 m³ CHASSI: 9533N82T2BR151825 Renavam: 478715501 Prefixo:  211183")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9390", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9390", " Caminhão VOLKSWAGEN 17.250 E ANO: 2010 TOCO AT PLACA: KQK1249 VEÍCULO S/ EQUIPAMENTO (USIMECA - BETA 15 m³) CHASSI: 9533N82T0AR028975 Renavam: 203597052 Prefixo:  210010")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9392", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9392", " Caminhão VOLKSWAGEN 17.250 E ANO: 2011 TRUCADO AT PLACA: ISQ3421 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI CHASSI: 9533N82T0CR215006 Renavam: 406669040 Prefixo:  211053")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9389", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9389", " Caminhão VOLKSWAGEN 8-120 - EURO III ANO: 2011 TOCO Mec PLACA: ISN9699 EQUIP.: FACCHINI CARROCERIA CARGA SECA - AÇO / FACCHINI GUINDASTE HIDRÁUL ART 4T F4S 2H CHASSI: 95333452R9CR209663 Renavam: 384535208 Prefixo:  211051")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9393", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9393", " LOTE COM PEÇAS DIVERSAS TAIS COMO: RODAS GUIA, CORREIA, PARAFUSOS, PORCAS, ARRUELAS. ROSARIO, ETC. CONF. FOTOS E VISITAÇÃO NO LOCAL. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9397", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9397", " TRATOR DE ESTEIRA KOMATSU D 51 EX-22 ANO: 2013 -  CHASSI: KMT0D080L51B13143. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9394", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9394", " LOTE COM PEÇAS E EQUIPAMENTOS PARA AVIAÇÃO TAIS COMO: SUPORTES, CABEÇOTES, CARRINHOS,  HASTES, CAPAS, ETC.;  CONFORME RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9396", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9396", " N. IMOB;  50 -   TRATOR AGRALE 4.100 - no estado. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9395", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9395", " LOTE COM PEÇAS E EQUIPAMENTOS ELETRO ELETRONICOS TAIS COMO: REFRIGERADOR, TVs, AR CONDIC.  BEBEDOURO, IMPRESSORAS, ETC. CONFORME RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9399", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9399", " LOTE COM MÓVEIS E EQUIPAMENTOS DIVERSOS TAIS COMO:  MESAS, SOFAS, POLTRONAS, APARADOR, ARMÁRIOS,  ROÇADEIRA, CADEIRAS, ETC.  CONFORME RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9400", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9400", " LOTE COM MÁQUINAS E EQUIPAMENTOS DIVERSOS TAIS COMO :  COMPRESSOR, BANCADA C/ ESMERIL, ESCADAS, CILINDROS, MICROMETROS E EQUIP. DE MEDIÇÃO DIVS.  MAQ. LAVA JATO, EXTINTORES, ETC.  CONFORME RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9401", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9401", " LOTE COM QUADROS DECORATIVOS DIVERSOS. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9398", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9398", " TRATOR VALMET.   Sem documentos. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9403", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9403", " TESOURA HIDRAULICA MOD FC10 R 3 ) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...164 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9402", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9402", " 03  FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...228 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9404", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9404", "CALDEIRA A VAPOR ECAL VMI-5000, ANO 2010, POTÊNCIA TÉRMICA.: 3,210.000 KCAL/H COM TANQUE MODELO TCH-500 / COLETOR DE VAPOR DE 5000 Kg / 3 COLETORES DE VAPOR DE 1.500 Kg")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>