--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132353", "034")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132353", " ESCAVADEIRA 320 D/DL Cat., FR. 4702,  , 2015/2015, LOC.:IVATÉ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132355", "052")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132355", " US TRANSB. TCP-US-752700, FR. 4401, , 2012/2012, LOC.:IVATÉ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132350", "070")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132350", " VALTRA BM 110, FR. 4961, , 2014/2014, LOC.:IVATÉ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132356", "131")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132356", " Escavadeira 320 D/DL CAT., FR. 4871, , 2015/2015, LOC.:IVATÉ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132357", "170")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132357", " TRATOR JOHN DEERE 6145 J, FR. 19260, , 2014/2014, LOC.: UMUARAMA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>196.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132352", "193")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132352", " PA CARREGADEIRA CAT 938H, FR. 19149, , 2011/2011, LOC.: UMUARAMA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>219.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132359", "209")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132359", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 3976 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132342", "229")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132342", " MOTO BROS NXR160 ES ; 2018/2019; FR.: 71496; LOC.: TAPEJARA; ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132343", "230")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132343", " MOTO BROS NXR150 MIX ES ; 2010/2010; FR.: 20870; LOC.: TAPEJARA; ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132366", "264")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132366", " MOTONIVELADORA 140K CAT. ;ANO 2011\2011 ;FR.: 3716 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132367", "310")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132367", " VALTRA BH 185 I 4X4 ;ANO 2011\2011 ;FR.: 3801 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>151.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132368", "323")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132368", " VALTRA BH 185 I 4X4 ;ANO 2013\2013 ;FR.: 18608 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>146.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132369", "339")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132369", " REB. CANA PICADA RANDON  ;ANO 2006\2006 ;FR.: 3542 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132372", "348")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132372", " CARRETA BASC. DISTR. MUDA ;ANO 2016\2016 ;FR.: 31227 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132370", "350")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132370", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31162 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132360", "362")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132360", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31176 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132371", "365")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132371", " VOLVO FM12 380 6X4 R ;ANO 2004\2004 ;FR.: 3325 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132361", "406")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132361", " TRANSBORDO VT10 Bi TANDEM ;ANO 2014\2014 ;FR.: 30668 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132362", "424")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132362", " JD COLHEDORA 3522 ;ANO 2015\2015 ;FR.: 18707 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132344", "454")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132344", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 28127; LOC.: MARINGÁ; ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132345", "463")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132345", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70786; LOC.: MARINGÁ; ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132375", "492")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132375", " VALTRA BH 185 I 4X4 ;ANO 2011\2011 ;FR.: 1847 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132364", "523")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132364", " TRANSBORDO TANDEM SANTAL  ;ANO 2014\2014 ;FR.: 30131 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132363", "525")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132363", " SN TRANSBORDO TANDEN ;ANO 2014\2014 ;FR.: 15220095 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132365", "526")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132365", " TRANSBORDO TANDEM SANTAL   ;ANO 2017\2017 ;FR.: 30075 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132358", "13459")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132358", " Valtra BH 180  4X4, ANO 2004, FR 2788, LOC. PARANACITY/ PR ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>