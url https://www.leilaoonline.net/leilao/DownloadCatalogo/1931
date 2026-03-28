--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,9691 +269,8483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133105", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133105", "082-073-2022 - Caminhão munck MERCEDES BENZ ATEGO 1725, DIESEL, 2011/2011 - LOCALIZAÇÃO: João Neiva/ ES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>184.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133106", "120")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133106", "082-077-2022 - Varredeira KARCHER KMR 1700 D, 2010 - LOCALIZAÇÃO: Vitória/ ES")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133110", "199")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133110", "I/ HYUNDAI, IX35, ANO 2010/2011 AUTOMÁTICO, PRETA, GASOLINA - BLINDADO - LOCALIZAÇÃO: SÃO PAULO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132478", "200")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132478", " 082-044-2022 - AMBULÂNCIA MERCEDES BENZ, 313 CDI SPRINTER; ANO: 2005/2005 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132474", "201")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132474", " 082-103-2022 - CAMINHÃO MERCEDES BENZ ATEGO 1725, ANO 2011/2011 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>173.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132482", "202")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132482", " 082-146-2022 - TRANSFORMADOR ABB - LOC. VITORIA/ES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132477", "203")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132477", " 082-310-2022 - TRATOR AGRÍCOLA; AGCO DO BRASIL MOD. 42974K01309; ANO 2011/2011. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>197.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132486", "204")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132486", " 082-312-2022 - PÁ CARREGADEIRA CATERPILLAR, MOD 988B, ANO 1978/1978 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>385.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132473", "205")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132473", " MCR-039-2022 - ESCAVADEIRA LIEBHERR; MOD R964C, ANO 2011 - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132475", "206")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132475", " MCR-040-2022 - PÁ CARREGADEIRA CATERPILLAR, MOD. 980H; ANO. 2012. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>236.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132476", "207")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132476", " MRB-EQ-002-2022 - TORRRE DE ILUMINAÇÃO VIPART; MOD. RPLT-600C; ANO 2012 - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132480", "208")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132480", " MRB-EQ-008-2022 - GERADOR 440VCS 550KVA; NCM/SH; LEON HEIMER.Modelo 180MA. - LOC. MARABÁ/PA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132484", "209")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132484", " MRB-EQ-009-2022 - MÁQUINA MULTIFUNÇÃO-UNOMATIC-UNIMAT JUNIOR; ANO 2006. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132479", "210")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132479", " MRB-EQ-010-2022 - AUTO DE LINHA PEQUENO PORTE GEOVIA. ANO 1986. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132485", "211")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132485", " MRB-EQ-011-2022 - GUINDASTE MODELO PKK12500 - PALFINGER. ANO. 2010 - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132481", "212")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132481", " MRB-EQ-012-2022 - GUINDASTE MODELO PKK12500 - PALFINGER. ANO. 2010 - MARABÁ/PA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132483", "213")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132483", " MRB-EQ-013-2022 - GUINDASTE MODELO PKK12500 - PALFINGER. ANO. 2010 - MARABÁ/PA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132500", "214")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132500", " VIG-CB067-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>215.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132525", "215")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132525", " VIG-CB070-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>225.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132504", "216")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132504", " VIG-CB071-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132521", "217")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132521", " VIG-CB072-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132487", "218")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132487", " VIG-CB073-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132511", "219")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132511", " VIG-CB075-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2016 - CONGONHAS/ MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132494", "220")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132494", " VIG-CB077-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132499", "221")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132499", " VIG-CB078-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132524", "222")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132524", " VIG-CB079-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132506", "223")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132506", " VIG-CB080-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132498", "224")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132498", " VIG-CB081-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132515", "225")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132515", " VIG-CB082-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>205.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132513", "226")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132513", " SSG-017-2022 - TP5602 - TRATOR DE PNEU CATERPILLAR 854G 2008 - CANAA DO CARAJÁS/ PA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132512", "227")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132512", " SSG-020-2022 - PF1406 - PERFURATRIZ ATLAS COPCO T4BH 2010 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132491", "228")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132491", " SSG-021-2022 - GD08 - EMPILHADEIRA CLARK CMP50SD 2004 - CANAA DO CARAJÁS/ PA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132522", "229")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132522", " SSG-022-2022 - CM4016 - CAMINHÃO CATERPILLAR 793C 2005 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>700.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132510", "230")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132510", " SSG-023-2022 - CM4034 - CAMINHÃO CATERPILLAR 793D 2006 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>750.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132488", "231")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132488", " SSG-024-2022-CM4033 - CAMINHÃO CATERPILLAR 793D 2006 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>400.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132505", "232")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132505", " SSG-025-2022-CM4009 - CAMINHÃO CATERPILLAR 793C 2005 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>700.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132517", "233")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132517", " SSG-026-2022 - CM4108 - CAMINHÃO CATERPILLAR 785C 2008 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>700.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132493", "234")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132493", " SSG-030-2022-CM4101 - CAMINHÃO CATERPILLAR 785C 2008 - CANNA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>710.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132496", "235")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132496", " SSG-031-2022-CM4018 - CAMINHÃO CATERPILLAR 793C 2006 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>650.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132516", "236")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132516", " SSG-033-2022-EP22 - EMPILHADEIRA JUNGHEINRICH ERC214 2008 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132497", "237")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132497", " SSG-035-2022-CM4103 - CAMINHÃO CATERPILLAR 793C 2008 - CANAA DOS CARAJÁS/ PA ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>510.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132503", "238")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132503", " SSG-036-2022-EP21 - EMPILHADEIRA CLARK CMP25L 2010 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132526", "239")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132526", " SSG-038-2022-PM3402 - CARREGADEIRA KOMATSU WA1200 2006 - CANAA DOS CARAJÁS/ PA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>162.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132779", "240")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132779", " 082-298-2022 - APROX. 70 ITENS - TRANSFORMADORES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133197", "241")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133197", " PIC-359-2022, 06 ITENS, TRANSFORMADORES DIVERSOS , COMPRESSOR E OUTROS - VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132650", "243")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132650", " ITA-015-2022 - TRATOR DE ESTEIRA KOMATSU, MOD. D375, ANO 2008 - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132652", "244")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132652", " ITA-016-2022 - TRATOR DE ESTEIRA KOMATSU, MOD. D375, ANO 2008 - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132649", "245")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132649", " ITA-029-2022 - CAMINHÃO 6X4 MERECEDES BENZ; MOD. AXOR 3340; ANO 2005. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>221.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132651", "246")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132651", " ITA-031-2022 - TORRE DE RESFRIAMENTO 12M X 2,5M X 3M - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132654", "247")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132654", "VIG-CB076-2022 - CAMINHÃO BASCULANTE ACTROS 4844K 8x4 2017 - CONGONHAS/ MG")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132680", "248")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132680", " ACA-EQ-004-2022 - GUINDASTE PALFINGER, MOD. PKK12500; ANO 2010. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132674", "249")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132674", " ACA-EQ-006-2021 - MINI CARREGADEIRA CATERPILLAR; MOD. 246 C; ANO 2014 - LOC. AÇAILANDIA/MA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132684", "250")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132684", " ACA-HPV4916-2022 - CAMINHÃO BASCULANTE MERCEDES BENZ; MOD. LK 1620; ANO 2014. - LOC. AÇÂILANDIA/MA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132681", "251")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132681", " ACA-NMZ3427-2022 - CAMIHÃO BASCULANTE MERCEDES BENZ; MOD. ATEGO-2425; ANO 2009 - LOC. AÇÂILANDIA/MA ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132676", "252")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132676", " CKS-ATI-035-2022 - TRATOR DE PNEU CATERPILLAR; MOD. 854K; ANO 2011. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132678", "253")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132678", " CKS-ATI-050-2022 - TRATOR ESTEIRA D6N CATERPILLAR; ANO 2002. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>212.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132683", "254")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132683", " CKS-ATI-053-2022 - MOTOR CATERPILLAR; MOD. C9 ENGINE MACHINE; ANO 2013. - LOC- CARAJÁS/PA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132682", "255")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132682", " FAB-CP5201-2022 - CAMINHÃO MERCEDES BENZ; MOD. LK2638; ANO 2001 - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132675", "256")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132675", " FAB-CP5850-2022 - CAMINHÃO GUINDAUTO MERECEDES BENZ, ANO 2009 - LOC. OURO PRETO/MG ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132677", "257")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132677", " FAB-CP8308-2022 - CAMINHÃO BASCULANTE SCANIA; MOD. G440 8X4; ANO 2017 - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132688", "258")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132688", "  FAB-CT6213-2022 - CAMINHÃO PIPA MERCEDES BENZ; MOD L1620; ANO 2003. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132690", "259")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132690", " FAB-RE1824-2022 -RETROESCAVADEIRA LEIBEHERR; MOD. R964C - 434hp; ANO 2011. - LOC. OURO PRETO/MG ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>104.691,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132695", "260")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132695", " ITA-032-2022 - CAMINHÃO 8X4 SCANIA, MOD. P420; ANO 2011. - LOC ITABIRA/MG")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132689", "261")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132689", " MARI-CP56107-2022 - CAMINHÃO SCANIA; MOD. 8X4 G440; ANO 2013 - LOC. MARIANA/MG")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132691", "262")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132691", " MARI-CP56139-2022 - CAMINHÃO SCANIA; MOD. 8X4 G440; ANO. 2013 - LOC. MARIANA/MG")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132693", "263")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132693", " MARI-CP56146-2022 - CAMINHÃO SCANIA; MOD. 8X4 G440; ANO 2013 - LOC. MARIANA/MG")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132694", "264")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132694", " MARI-CP56149-2022 - CAMINHÃO SCANIA; MOD. 8X4 G440; ANO 2013 - LOC. MARIANA/MG")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132697", "266")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132697", " MUT-020-2022 - PLATAFORMA ELEVATORIA GENIE; MOD. Z-34/22; ANO 2016. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>172.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132696", "267")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132696", " MUT-021-2022 - MOTONIVELADORA CATERPILLAR; MOD. 16H - 275HP (L); ANO 2002. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>254.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132721", "268")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132721", " PIC-342-2022 - AMBULÂNCIA FORD; MOD. F250 TCA; BRANCA, DIESEL, ANO 2016/2017 - LOC. ITABIRITO/MG")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132716", "269")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132716", " PIC-343-2022 - AMBULÂNCIA MERCEDES BENZ, MOD. 311; ANO 2010/2011 - LOC. ITABIRITO/MG")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132717", "270")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132717", " S11D-007-2022 - FURADEIRA DE COLUNA KA-70 MF (MESA FIXA)  -LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132714", "271")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132714", " S11D-009-2022 - ESCAVADEIRA CATERPILLAR; MOID. 320C; ANO 2004 - LOC. CANAÃ DOS CARAJAS/PA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132720", "272")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132720", " SFH-002-2022 - SISTEMA DE DESPOEIRAMENTO PARA BRITAGEM DE LIGAS TERSEL; MOD. FILTRO DINAFLUX 32X12-40. - LOC. SIMÕES FILH/BA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>900.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132729", "273")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132729", " SFH-657-EO-001-2022 - PLATAFORMA ELEVATORIA HAULOTTE; MOD. HÁ 16 SPX; ANO 2007. - LOC. SIMÔES FILHO/BA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132723", "274")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132723", " SIS-003-2022 - GUINDASTE PALFINGER; MOD. PKK 12500; ANO 2010 - LOC. SANTA INÊS/MA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132718", "275")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132718", " SIS-004-2022 - GUINDASTE PALFINGER; MOD. PKK 12500; ANO 2010 - LOC. SANTA INÊS/MA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132731", "276")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132731", " SIS-005-2022 - GUINDASTE PALFINGER; MOD. PKK 12500; ANO 2010 - LOC. SANTA INÊS/MA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132730", "278")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132730", " SLS-EQ-005-2022 - ESCAVADEIRA CATERPILLAR; MOD. 330D; ANO 2007. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132726", "279")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132726", " SLS-EQ-013-2022 - ESCAVADEIRA CATERPILLAR; MOD. CAT 323D; ANO 2009 - LOC. SÃO LUÍS/,A")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132719", "280")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132719", " SLS-EQ-014-2022  - GUINDASTE BAUMA; MOD. PV2406; ANO 2016. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132722", "281")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132722", " SLS-EQ-023-2022 - TORNO ROMI; MOD. TORMAX 30-B; ANO 2003. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132728", "282")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132728", " SLS-EQ-024-2022 - ESTUFA DE AQUECIMENTO ELETRICO; KARCHER; H20-4860. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132715", "283")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132715", " SLS-EQ-025-2022 - ESCAVADEIRA CATERPILLAR; MOD. 336DL; ANO. 2014. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132724", "284")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132724", " SLS-EQ-026-2022 - TRATOR DE ESTEIRA CATERPILLAR; MOD. D8T; ANO 1988. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>402.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132725", "285")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132725", " SLS-EQ-029-2022 - CARREGADEIRA VOLVO; MOD. L90E; ANO 2007 - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>191.844,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132443", "286")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132443", "SFH-023-2022- 01 ESTAÇÃO DE FILTRAGEM DE ETALGAS, FILTRO PRENSA - LOC. SIMÕES FILHO / BAHIA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132751", "300")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132751", " 082-180-2022 -155 ITENS - ROLO TRANSP. 4,75MM 440MM PARCAN METSO PI; SESDE VALVULA, 2111150802300/10 KEYSTONE; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>10.150,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132758", "301")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132758", " 082-196-2022 - 105 ITENS -  BOR 322D-11-0031IT. 3/T-1209A; ROLO TRANSP. 4,75MM 1084MM; E OUTROS, VEJA DESCRITIVO DE TENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132761", "302")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132761", " 082-220-2022 - 285 ITENS -  REDUTOR DE VELOCIDADE; ROLO TRANSP. 4,75MM 1643MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132760", "303")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132760", " 082-239-2022 - MÁQUINA DE DOBRA CHAPAS IMAG; MOD. VHL3050; ANO 2008. - LOC. CARIACICA/ES")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132756", "304")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132756", " 082-244-2022 - GUILHOTINA HIDRÁULICA IMAG; MOD. GHI2306; ANO 2010. - LOC. CARIACICA/ES")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132754", "305")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132754", " 082-250-2022 - VIRABREQUIM P/ MOTOR; APLICAÇÃO: MOTOR DIESEL; EIXO COMPONENTE; TIPO: VI:8034709 GM-EMD. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>27.700,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132762", "306")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132762", " 082-251-2022 - 389 ITENS. - TELA METALICA POLIETILENO; REATOR LAMPADA 250W 220V 60HZ; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC . VITORIA/ES")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132752", "307")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132752", " 082-263-2022 - APROX. 470 ITENS. - ANEL FIXAÇÃO 320 X 405 X 78MM;  ARRUELA LISA, AÇO CARBONO; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132755", "308")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132755", " 082-264-2022 - 325 ITENS - MOTOR CA 213 44OV 2CV 6P B3D; ROLO TRANSP 6,3MM 2X110 MM; E OUTROS, VEJA DESCRITIVO DE ITENS. -LO. VITORIA/ES")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>8.268,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132759", "309")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132759", " 082-266-2022 - 65 ITENS - LUMINARIA PLP01-01 VCRD ILUM; REATOR PARA LAMPADA FLUORESCENTE ;  E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>9.700,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132757", "310")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132757", " 082-267-2022  - 25 ITENS. - MOTOR CA 440V 2,98CV 2P; CONJ. MAN. F005M WARMAN; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>28.650,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132753", "311")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132753", " 082-270-2022 - 35000 ITENS.  - MARCADOR COND. ELET PVC FLEX N; RODA 8110PZ-M-00265/IT.3 DESENHO VALE; E OUTROS, VEJA DESCRITIVO  DE ITENS. - LOC.VITORIA/ES")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132771", "312")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132771", " 082-272-2022 - APROX. 3550 ITENS. - CABO POT. ELET. 20/35 KV 50MM2 2; FUSIVEL NH; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132770", "313")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132770", " 082-276-2022 - 5 TELEFONES CELULARES APPLE, DIVERSOS MODELOS; VEJA DESCRITIVO E ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132772", "314")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132772", " 082-280-2022 - APROX. 750 ITENS. - ESPAÇADPR COMPONENTE; APL; 8178695 GM-EMD; RETENTOR 115X2483 GENERAL ELETRIC; E OUTROS VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132766", "315")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132766", " 082-281-2022 - 2500 MOLAS HC5.1/2 POL 40,57MM - LOC. VITORIA/ES")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132767", "316")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132767", " 082-283-2022 - 3050 ITENS. - PINO TRAVA 02193 SAB WABCO; PINCLE PINT 2.1/2 POL; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132763", "317")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132763", " 082-284-2022 - 75 ITENS. PROJETOR; LAMPADA; P90378927 DESENHO VALE; PINO COMPONENTE; E OUTROS VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>11.050,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132765", "318")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132765", " 082-286-2022 - TAMBOR CORR TRANSP 939 MM. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132768", "319")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132768", " 082-287-2022 - 61 RODA LIXA 60MM 25 MM 25000RPM; 20 CORPO COMPONENTE; TIPO: USM19125 USILIMA. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132774", "320")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132774", " 082-288-2022 - PARTES E PEÇAS, EQUIPAMENTOS DIVERSOS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>2.308,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132773", "321")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132773", " 082-289-2022 - 990 ITENS. - CHAPA DESG MET 400 MM, 400MM 1/2 POL; CAIXA ROLAM FOFO NOD 220MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>49.750,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132769", "322")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132769", " 082-291-2022 - BLOCO CONTATO AUXILIAR CONTATOR, TIPO, CA; PRATO TA -2560 CVRD-OF.CAR - LOC. VITORIA/ES")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132764", "323")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132764", " 082-292-2022 - 1400 ITENS. - ARRUELA 4B4278 CATERPILLAR; ESPAÇADOR 124X1007 GENERAL ELETRIC. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132778", "324")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132778", " 082-295-2022 - 700 ITENS. - BUCHA HM-73-00291-R3 TEGA; MODULO ELET. 120VCA; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132783", "325")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132783", " 082-296-2022  - 500 ITENS. - MANCAL COMPONENTE, GM-EMD; HASTE COMPONENTE 132X122-2 GE. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132781", "326")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132781", " 082-297-2022 - 150 ITENS. - ESTOJO 115X1987-4 GENERAL ELETRIC; BASE 8209956 GM-EMD. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132646", "327")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132646", " GOV-007-2022 - CAPOTA FECHADA COM MOLDURA ULTILITAR IOS 4X4,FROTA MODELO HILUX - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132782", "328")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132782", " 082-299-2022 - 250 ITENS. - ANEL LAB 311T-L-15507 IT33 DESENHO VALE; ANEL TRANSP 6,3 MM 1244MM. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132780", "329")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132780", " 082-300-2022 - PARTES E PECAS EQUIPAMANETOS DIVERSOS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132775", "330")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132775", " 082-301-2022 - EIXO P; MME6829729-0003/7 DESENHO SUPOT. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132785", "331")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132785", " 082-302-2022 - EIXO P/MOINHO; DX00916052 KAWASAKIHEAVY. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132784", "332")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132784", " 082-303-2022 - EIXO COM:MME64191029-007 DESENHO SUPOT. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132786", "333")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132786", " 082-304-2022 - EIXO COMPONENTE; TIPO: VI:8034709 GM-EMD - LOC. VITORIA/ES")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132777", "334")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132777", " 082-307-2022 - 3 MANCAL U61.202 PLASSER; 2 RODA FERROVIARIA 6070100/1030/C GEOVIA. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.112,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132776", "335")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132776", " 082-311-2022 - 5 ITENS. - VIBRADOR P/ LASTRO; MOTOVIBRADOR MOD 1200KG; E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133092", "336")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133092", " BRU-002-2022 - 57 PLACA DESGASTE METALICA 1500MM; 14 PLACA DESG 1.157.10-0306C BRASFELT. - LOC. SÃO GONÇALO RIO ABAIXO /MG")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133094", "337")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133094", " CD-008-2022 - 3300 ITENS. - GANCHO 2120 SUPERIOR BERG STEEL; ARRUELA 079C WORTHINGTON; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133095", "338")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133095", " CD-013-2022 - 150 ITENS. - CORREIA V LISA 5/16POL 1/2POL A; CAMARA AR 165 ARO 13 C/VALVULA TR-13; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133099", "339")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133099", " CD-020-2022 - REVESTIMENTO P/BRITA;10527 DESENHO SUMIN; CUBO COMPONENTE; A;141E-23-00023-1 SUMIN. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133097", "340")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133097", " CD-021-2022 - TAMBOR COMPONENTE; ;2350.7396 SALZGITTER. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133093", "341")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133093", " CD-022-2022 - APROX. 2500 ITENS. - FUSIVEL CART NORMAL 250V 5A; PINO GRAXEIRO RETO 1/8POL NPT. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. BRÃOS DE COCAIS/MG")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133103", "342")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133103", " CD-027-2022 - 5.200 ITENS. - ARRUELA 13MM 24MM; PARAFUSO 16MM 38MM METR. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. BRÃO DE COCAIS/MG")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133100", "343")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133100", " CD-038-2022 - APROX. 300 ITENS. - ROLAMENTO ESFERAS 6032 M C3 SKF; ARRUELA LISA 1/8POL 7,9MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>15.800,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133102", "344")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133102", " CD-250-2021 - 16000 ITENS. - PORCA 5/8POL UNF; ARRUELA 69747 JEFFREY MANUFACTUR. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. BARÃO DE COCAIS/MG")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133096", "345")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133096", " CKS-ATI-012-2022 - FREEZER VERTICAL 300L GSD32A INOX - BOSCH; GELADEIRA INDUSTRIAL. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC.  PARAUAPEBAS/PA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133101", "346")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133101", " CKS-ATI-025-2022 - BOMBA WEIR, MOD UNIGLIDE DAS 300/400; BOMBA DE OVERFLOW WEIR BA_145_33. - PARA MAIS INFORMAÇÕES, VEJA DESCRITIVO DE ITENS. - LOC. PARAUPEBAS/PA")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133098", "347")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133098", " CKS-ATI-052-2022 - MAQUINA DE SOLDA PORTATIL ESAB LHN 220I PLUS. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133142", "348")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133142", " CKS-MRO-019-2022 - 55 ITENS. - CILINDRO ESCAVACAO 3579784 CATERPILLAR; CILINDRO HIDR 2043614 CATERPILLAR. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>81.100,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133149", "349")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133149", " CKS-MRO-033-2022 - 80 ITENS. - BOMBA COMPON;704-71-44071 KOMATSU MINING TOMADA ELET 380/440V 63A TP LATAO. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133144", "350")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133144", " CKS-MRO-072-2022 - 20 ITENS. - CILINDRO 7V5668 CATERPILLAR; BOMBA COMPONENTE; TIP;6Y6978 CATERPILLAR. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133145", "351")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133145", " MCR-006-2022 - 3000 ITENS. -   ACOPLAMENTO;FLEX;194MM;0-105MM; RETENTOR 8P8950 CATERPILLAR. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133139", "352")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133139", " MCR-007-2022 - APROX. 920 ITENS. - ACOPLAM N03460524 METSO;  PORCA;SEXT;1/4";ASTM A307;G A;7/32". E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133143", "353")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133143", " MCR-029-2022 - 1100 ITENS. - LONA;FREIO;JG;CAT 980G II; RETENTOR 1 516250 CATERPILLAR. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>7.650,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133147", "354")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133147", " MCR-030-2022 - 13000 ITENS. -  AVENTAL SEGUR DESCARTAVEL U, LUVA SG AG QM NBR G K. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133140", "355")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133140", " MCR-042-2022 - APROX. 200 ITENS. - ELETRODO;SOLDA;3,25MM;AWS EL AL SI 12; MANGUEIRA MONT 1763330 SCANIA. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133146", "356")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133146", " MCR-PGC-031-2022 - 80 ITENS. -  CANTONEIRA A36 1/4POL; CAVALETE MNSCG 36 METALURGICA NIERI. - E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>15.650,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133141", "357")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133141", " MCR-PGC-041-2022 - 100 ITENS. - ROLO;TRANSP;CARGA;24";  TOMADA;SOBREPOR BLOQUEIO MECANICO. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>10.350,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133150", "358")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133150", " MCR-ZIPI-054-2021 - 3 EIXOS /DIFERENCIAL. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>20.100,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133148", "359")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133148", " MRB-EQ-001-2022 - GERADOR CUMMINS, MOD. C40 D6 4, ANO 2009. LOC. MARABÁ/PA")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>40.400,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133178", "360")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133178", " MRB-EQ-007-2022 - TELEVISOR SANSUNG  55 3D FUL HD. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133176", "361")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133176", " MRB-MRO-002-2022 - APROX. 3900 MASCARAS RESPIRADORA TECIDO U. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133173", "362")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133173", " MRB-MRO-003-2022 - 15 ITENS. - TRANSFORMADOR S-1.95.3 PLASSER; SAPATA PLASSER; E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA ")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133172", "363")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133172", " MRB-MRO-005-2022 - 6 PARAFUSOS M12X30DIN912-8.8/VERZ. PLASSER. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133177", "364")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133177", " MUT-002-2022 - 9 ITENS. - TORRE DE ILUMINACAO AUTONOMA REBOCAVEL; APARELHO DE AR CONDICIONADO SPLIT; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>16.100,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133175", "365")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133175", " MUT-014-2022 - 100 ITENS. - PLUGUE ENERGIA IND;BRASIKON S-4575 STECK; GRADE ELASTICA 5F; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133174", "366")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133174", " MUT-019-2022 - 550 ITENS. - JUNTA DE VEDAÇÃO; MOLA DE PRESSÃO. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133179", "367")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133179", " MUT-022-2022 - APROX. 11.800 AVENTAIS SEGUR DESCARTAVEL U; E 900 CAIXAS DE LUVAS SG AG QM NBR M K. - LOC. NOVA LIMA/MG ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133171", "368")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133171", " MUT-023-2022 - 40 ITENS. - RADIADOR 10016519 LIEBHERR; TURBO COMPR 10290233 LIEBHERR. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. NOVA LIMA/MG ")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>19.700,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133180", "369")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133180", " MUT-024-2022 - 250 ITENS. - SUPORTE 4E8792 CATERPILLAR; TAMPA 7T4131 CATERPILLAR. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133182", "370")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133182", " S11D-001-2022-MRO - 320 REVESTIMENTO 5 397 100 REMA TIP TOP; E 14 FILTRO FLUID HIDR 12MC. - LOC. CANAÃ DOS CARAJAS/PA")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133185", "371")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133185", " S11D-008-2022 - 4 CHAPAS PARA LABORATORIO - CHAPA TERMICA. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133184", "372")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133184", " SLB-011-2022 - 10 ITENS. - ANALISADOR DE MOTORES ELETRICOS - NF 183; ANALISADOR DE REDE 475 FIELD; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133188", "373")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133188", " SLB-016-2022 - 63 FILTROS DE AR AF-2919-LL IRLEMP. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>575,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133190", "374")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133190", " SLB-026-2022 - 1800 ITENS. - CILINDRO FREIO 4248969 LETOURNEAU; BOMBA HIDR 3216655981 BUCYRUS. - LOC. MARABÁ/PA ")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133191", "375")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133191", " SLB-027-2022 - 1500 ITENS. - LUVA EMENDA CABO 70MM2 54MM; CORREIA 412021735 KOMATSU; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133183", "376")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133183", " SLB-028-2022 - 3 CILINDRO 113918 SANDVIK; E 1 CILINDRO HIDR 150903 SANDVIK. - LOC.MARABÁ/PA ")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133187", "377")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133187", " SLB-029-2022 - TAMBOR CORREIA TRANSPORTADORA; POLIA PI2I-042884 INBRAS; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133189", "378")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133189", " SLB-030-2022 - APROX. 100 ITENS. - VALVULA DIR 931048 SANDVIK; TRANSMISSAO 2351521014 KOMATSU; E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133192", "379")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133192", " SLB-031-2022 - BALANCA ANALITICA AG 200; BALANCA ANALITICA 320G. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133186", "380")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133186", " SLS-EQ-001-2022 - BALANÇA SHENCK, MOD. H40UB, ANO 1985. - LOC. SÃO LUIS-MA")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133193", "381")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133193", " SLS-EQ-017-2022 - PRENSA MARCON, ANO 2005. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>770,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133219", "382")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133219", " SLS-EQ-018-2022 - ALICATE AMPERIMETRO FLUK 355; TERMOMETRO DIGITAL INFRA VERMELHO MOD PM-4.PARA MAIS INOFRMAÇÕES, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUIS/MA ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133208", "383")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133208", " SLS-EQ-022-2022 - 2 LAVADORAS DE ALTA PRESSAO TRIF.220V HDS800 TURBK-2 - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>6.700,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133211", "384")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133211", " SLS-EQ-027-2022 - BEBEDOURO DE GARRAFAO BRANCO 220V. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133214", "385")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133214", " SLS-EQ-028-2022 - MAQUINA DE SOLDA ARCO 42,8KVA; CONSTELLATION. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133209", "386")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133209", " SLS-MRO-010-2022 - 25 ITENS. - DISJUNTOR 2500A; RETENTOR NBR 70MM 90MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>230.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133213", "387")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133213", " SLS-MR0-012-2022 - 350 ITENS. - ANEL VED 8479601 GM-EMD; ENGRENAGEM 238430 CLARK; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC.SÃO LUÍS/MA ")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133218", "388")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133218", " SLS-MRO-023-2022 - 150 ITENS. - VALVULA SOL 110VCA; ROTOR COMPLETO BERNAUER; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133210", "389")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133210", " SLS-MRO-028-2022 - 6200 AVENTAIS SEGUR BARBEIRO UNIC; 2 CAIXAS DE LUVAS AG QM NBR. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133212", "390")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133212", " SLS-MRO-029-2022 - 130 ITENS. - BOMBA HIDR 38MM 210BAR; GUIA FIXACAO 16/229 PUR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133216", "391")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133216", " SLS-MRO-030-2022 - 400 ITENS. - VALVULA SEG 22MM; MODULO ELET 110-690VCA; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133217", "392")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133217", " SLS-MRO-031-2022 - 350 ITENS. - ENGRENAGEM 40035909 SANED; MANCAL COMPO;114X1127-2 GENERAL ELECTRIC; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133215", "393")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133215", " SLS-MRO-032-2022 - 3 CAMISAS CABECOTE 121X1255 GENERAL ELECTR. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133222", "394")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133222", " SLS-MROZIPI-006-2022 - 90 ITENS. - JUNTAS DE VEDACAO MECANICAS; FUSIVEIS E CORTA-CIRCUITOS DE FUSIVEIS; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>894,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133221", "395")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133221", " SSG-009-2022-MRO - 150 ITENS. - FUSIVEL LIMIT CORR 16 A 13,8 KV; VALVULA 1123282 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133226", "396")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133226", " SSG-018-2021-MRO - 150 ITENS. - JUNTA 205288 CUMMINS; PLACA 1233698 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133223", "397")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133223", " SSG-024-2021 - 350 ITENS. - DISJUNTOR 10A 50KA; ROLAMENTO ESF 6028 SKF; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133230", "398")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133230", " SSG-0032-2022-MRO - 50 ITENS. - MODULO ELETRONICO PADRONIZADO; JUNTA 1272176 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133227", "399")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133227", " SSG-037-2022 - 410 ITENS. - TUBO 1572802 CATERPILLAR; VALVULA 8X2320 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132662", "400")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132662", "082-116-2022 - 2 PEÇAS ACOP FLEX RIGIDO 720000NM FALK - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132663", "401")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132663", "082-122-2022 - 1 PEÇA EIXO DESENHO-DN013060701 DESENHO VALE SUPOT - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132664", "402")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132664", "082-123-2022 - APROX. 847 JOGOS CLIPE GANTREX WELDLOK 15/ASCE 75P - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132665", "403")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132665", "082- 127 -2022 - 3 MAQUINA DE SOLDA ELETRICA RETIFICADORA - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132666", "404")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132666", "082-128-2022 - 1 BEBEDOURO E 1 PURIFICADOR DE AGUA - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132668", "405")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132668", "082-142-2022 - APROX. 51 ITENS - MOTOR, TRANSFORMADOR, CAPACITOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>45.600,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132673", "406")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132673", "082-156-2022 - 2 PEÇAS MOTOR CA H450 4,16KVCA 370KW 4P B3D WEG - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132685", "407")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132685", "082-159-2022 - APROX. 299 ITENS ROLO, CILINDRO, BUCHA  E OUTROS - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>11.700,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132686", "408")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132686", "082-164-2022 - 1 PEÇA TAMBOR CORR TRANSP - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132687", "409")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132687", "082-171-2022 - APROX. 759 ITENS - BOBINA, VÁLVULA E OUTROS - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: VITÓRIA / ES")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>1.433,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133131", "410")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133131", " CPBS-010-2022- 47unds.LAMPADA FLUORESCENTE, LOC. ITAGUAI - PORTO DE SEPETIBA ")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133116", "411")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133116", " FAB-094-2022- 396 ITENS, ABRACADEIRA, AMORTECEDOR,BATENTE E OUTROS - VEJA DESCRITIVO DE ITENS - LOC.Ouro Preto/MG")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>14.700,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133126", "412")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133126", " FAB-095-2022- 55 ITENS,MANGUEIRAS, PAINEIS E OUTROS  VEJA DESCRITIVO DE ITENS - LOC. Ouro Preto/MG ")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133112", "413")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133112", " FAB-105-2022- 509 ITENS, RETENTORES, PROTETORES  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC.Ouro Preto/MG")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>12.800,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133122", "414")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133122", " FAB-107-2022-295 ITENS, PARAFUSOS, CHAPAS  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC.Ouro Preto/MG")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133113", "415")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133113", " FAB-108-2022- 442 ITENS, ANEIS, PLACAS, RETENTORES  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC.Ouro Preto/MG")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133118", "416")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133118", " GOV-030-2022- 11 ITENS, ARMARIOS DIVERSOS, VEJA DESCRITIVO DE ITENS - LOC.GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133132", "417")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133132", " GOV-150-2021- 08 ITENS, ARMARIOS DIVERSOS,  VEJA DESCRITIVO DE ITENS - LOC.GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133114", "418")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133114", " GOV-158-2021- 05 ITENS, ESMILHADEIRA, MAQUINAS,  VEJA DESCRITIVO DE ITENS - LOC.GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>5.450,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133121", "419")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133121", " ITA-002-2022- 01 IPHONE 6S 32GB, LOC.ITABIRA/MG")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133117", "420")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133117", " ITA-011-2022- 03 ITENS, ANALISADOR DE CORRENTE,DETECTOR ULTRASSONICO,VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133129", "421")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133129", " ITA-013-2022- 09 ITENS, PIAS DE GRANITO, PORTAS DE ALUMINIO, VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133127", "422")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133127", " ITA-018-2022- 70 ITENS, CARRETEIS DE MADEIRA TAMANHOS VARIADOS - USADOS- LOC. ITABIRA/MG")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133134", "423")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133134", " ITA-019-2022- 70 ITENS, CARRETEIS DE MADEIRA TAMANHOS VARIADOS - USADOS,  LOC. ITABIRA/MG ")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133133", "424")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133133", " ITA-020-2022-  70 ITENS, CARRETEIS DE MADEIRA TAMANHOS VARIADOS - USADOS,  LOC. ITABIRA/MG ")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133125", "425")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133125", " ITA-022-2022- 10 ITENS, CADEIRAS DIVERSAS,  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133119", "426")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133119", " ITA-023-2022, 08 ITENS, MAQUINAS DE SOLDA DIVERSAS E OUTROS-  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>22.369,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133115", "427")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133115", " ITA-024-2022- 14 ITENS, GRAVADOR DE IMAGEM, DESKTOP,  E OUTROS-  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133128", "428")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133128", " ITA-025-2022- 202 ITENS, RETENTORES, BUCHAS  E OUTROS-  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG ")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133136", "429")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133136", " ITA-026-2022- 01 LAVADORA DE ALTA PRESSÃO, 01 MAQUINA DE CORTAR MANGUEIRA , LOC. ITABIRA/ MG")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133120", "430")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133120", " ITA-033-2022- 23 ITENS, ROLAMENTOS, TAMPAS E OUTROS,  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG  ")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133123", "431")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133123", " ITA-034-2022- 258 ITENS, MANGUEIRAS, SENSORES, CHAPAS  E OUTROS,  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG   ")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133130", "432")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133130", " ITA-035-2022, 01 FORNO COMBINADO PPIENK COMBINADO, LOC.ITABIRA/MG")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133124", "433")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133124", " ITA-036-2022- 27 ITENS, SERVIDORES HP DIVERSOS, STORAGE,  E OUTROS,  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG  ")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133135", "434")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133135", " ITA-037-2022- 228 ITENS, RESPIROS, CORREIAS,MANGUEIRA  E OUTROS,  VEJA DESCRITIVO DE ITENS - LOC.ITABIRA/MG  ")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133162", "435")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133162", " OIA-009-2022-01 COMPRESSOR DE AR COMPRIMIDO, LOC. Ourilândia do Norte - PA")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133167", "436")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133167", " OIA-010-2022-62 ITENS, BOMBA COMPONENTE, ROLAMENTO E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>996,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133164", "437")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133164", " OIA-024-2022- 892 ITENS,MANCAL COMPONENTE, CALCA PROTECAO, E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133168", "438")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133168", " OIA-025-2022-393 ITENS, RETENTOR COMPONENTE, TUBOS, MANCAIS  E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>4.850,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133169", "439")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133169", " OIA-027-2022- 141 ITENS, ARRUELAS, TRANSFORMADORES E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133166", "440")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133166", " OIA-028-2022- 122 ITENS,FILTROS COMPONENTES, RETENTORES E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133170", "441")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133170", " OIA-029-2022- 75 ITENS, VALVULAS, REGULADORES COMPONENTES  E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133163", "442")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133163", " OIA-031-2022- 69 ITENS, COXIM COMPONENTE,CABO CONDUTOR E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133165", "443")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133165", " OIA-032-2022- 179 ITENS, GAXETAS COMPONENTES, MANGUEIRA  E OUTROS - VEJA DESCRITIVO DE ITENS , LOC.Ourilândia do Norte - PA")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132470", "450")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132470", "082-042-2022 - Lavadora KARCHER HD5/12C, 2016 - LOC: Vitória/ES")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132471", "451")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132471", "082-049-2022 - APROX. 2803 RELE, PORCA, MOTOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: Vitória / ES")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132472", "452")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132472", "082-050-2022 - APROX. 104 ITENS - CARACOL, ESPIRAL, PLATE E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: VITÓRIA/ ES")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133200", "460")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133200", " PIC-324-2022-04 ITENS, BALANÇAS DIVERSAS, VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133195", "461")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133195", " PIC-325-2022, 01 MICROCOSPIO ESTEREOSCOPIO, LOC.ITABIRITO ")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133194", "462")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133194", " PIC-332-2022, 93 ITENS, COXIM, CARTUCHOS E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133204", "463")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133204", " PIC-337-2022-108 ITENS, PLACAS, DISJUNTOR, CURVAS, E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133203", "464")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133203", " PIC-340-2022- 556 ITENS, ESTOJOS, ROLAMENTOS, BUCHAS, E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133201", "465")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133201", " PIC-354-2022- 218 ITENS, COROAS, VALVULAS, CORREIAS E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133196", "466")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133196", " PIC-355-2022-115 ITENS, MANCAIS, FILTRO DE AR, PLACAS,  E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133198", "467")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133198", " PIC-356-2022- 03 MAQUINAS DE SOLDA, 01 SERRA FITA, VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
-      <c r="A253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133199", "468")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133199", " PIC-357-2022-339 ITENS, RETENTORES, ABRAÇADEIRAS , ANEIS,  E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito ")</f>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>771,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133205", "469")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133205", " PIC-358-2022, 552 ITENS, FUSIVEIS, ENVELOPES, LAMPADAS E OUTROS- VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132648", "470")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132648", " GOV-015-2021 - PRENSA HIDRAULICA MPH60E - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
-      <c r="A256" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133206", "471")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133206", " PIC-360-2022, 07 ITENS, BOMBAS, MOTOBOMBAS,  VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>42.200,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133202", "472")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133202", " PIC-361-2022, 03 BOMBAS, 01 TALHA ELETRICA,  VEJA DESCRITIVO DE ITENS,  LOC.Itabirito")</f>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
-      <c r="A258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133224", "490")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133224", " TIG-002-2022 - LAVADORA SAMSUNG , MOD. ECOBUBBLE, ANO 2019. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133233", "491")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133233", " TIG-009-2022 -  APROX. 970 AVENTAIS SEGUR BARBEIRO UNIC; E 23 CAIXAS DE LUVA SG AG QM. - MANGARATIBA/RJ")</f>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
-      <c r="A260" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133225", "492")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133225", " TIG-010-2022 - REDUTOR VEL COAXIAL 28; E CILINDRO HIDR TJ331668130SH3 TOMKINS. - LOC. MANGARATIBA/RJ ")</f>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
-      <c r="A261" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133228", "493")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133228", " TIG-014-2022 - 20 ITENS. - BOMB 1664378 CATERPILLAR; PLUGUE 3P T 63A 220/240V; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
-      <c r="A262" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133234", "494")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133234", " TIG-017-2022 - TAMBOR ACIONAM;SP-290-384-65-16 STEPHENS - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
-      <c r="A263" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133235", "495")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133235", " TIG-018-2021 - 450 ITENS. - FUSIVEL DIAZED 35A 500VCA; REATOR LAMPADA FLUORESCENTE; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
-      <c r="A264" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133231", "496")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133231", " TIG-025-2021 - 1700 ITENS. - CABO 1M6120 CATERPILLAR; CHAVE LIMITE 380V 60A; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
-      <c r="A265" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133232", "497")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133232", " VIGA-041-2022 - APROX. 3000 ITENS. - PAINEL COMAND 1797411 SCANIA; JUNTA 1373790 SCANIA; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CONGONHAS/MG")</f>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
-      <c r="A266" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133229", "498")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133229", " VIGA-042-2022 - 50 ITENS. - MOLA 1421060 SCANIA; TUBO 1483544 SCANIA. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CONGONHAS/MG")</f>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133107", "533")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133107", "ACA-EQ-001-2022- 3 GERADORES DIVERSOS, VEJA DESCRITIVO DE ITENS - LOC. Açailândia - MA")</f>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
-      <c r="A268" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133108", "546")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133108", "CKS-MRO-015-2022 - 26 ITENS, VEDAÇÃO - VEJA DESCRITIVO - LOC.Carajás - PA ")</f>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
-      <c r="A269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132400", "666")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132400", " 082-213-2022  - MÁQUINA DE SOLDA CASTOLIN EUTECT, MOD. GSX 450, ANO 2018 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
-      <c r="A270" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132402", "667")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132402", " 082-214-2022 - PALETEIRA ELETRICA HYSTER BRASIL, MOD. S1,6-ACBBR, ANO. 2016 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
-      <c r="A271" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132395", "668")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132395", " 082-234-2022 - PALETEIRA ELETRICA PALETRANS, MOD. TE18, ANO. 2000 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
-      <c r="A272" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132404", "669")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132404", " 082-237-2022 - ESMILHADEIRA GEISMAR, MOD. MP5, ANO 2004 - LOC. VITORIA/ES")</f>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
-      <c r="A273" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132401", "670")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132401", " JAIBA-001-2022 - 54 UN. DE BOBINAS / CARRETEL 190/100 - LOC. JAIBA/MG")</f>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t>410,40</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
-      <c r="A274" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132392", "671")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132392", " JAIBA-002-2022 - 380 UN, PALETES de Madeira (2 x 1 m) - LOC. JAIBA/MG")</f>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t>364,80</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
-      <c r="A275" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132398", "672")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132398", " JAIBA-003-2022 - 400 UN. DE PALETES DE MADEIRA (2X1) - LOC. JAIBA/MG")</f>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t>384,00</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
-      <c r="A276" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132393", "673")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132393", " JAIBA-004-2022 - 27 UN. DE Bobinas / Carretel 190/100 - LOC. JAIBA/MG")</f>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t>205,20</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-      <c r="A277" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133091", "674")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133091", "JAIBA-005-2022 - 500 PEÇAS Palete de Madeira (2 x 1 m) - LOC. JAIBA/MG")</f>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
-      <c r="A278" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133089", "675")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133089", "JAIBA-006-2022 -  Aprox. 1.200 Peças Palete de Madeira (2 x 1 m) - LOC. JAIBA/MG")</f>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t>446,00</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
-      <c r="A279" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133090", "676")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133090", "JAIBA-007-2022 - 100 PEÇAS Bobina / Carretel 190/100 E 35 Bobina / Carretel 230/120 - LOC. JAIBA/MG")</f>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t>40,00</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
-      <c r="A280" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132394", "677")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132394", " SLB-025-2022 - BRITADOR DE MANDIBULA- PRIMARIO - LOC. MARABA/PA")</f>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
-      <c r="A281" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132396", "680")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132396", " SLS-EQ-016-2022 - ELEVADOR DE CARGA ENERCAP, ANO 2007 - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
-      <c r="A282" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132397", "682")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132397", " SLS-EQ-020-2022  - VAGÃO BAGAGEIRO E VAGÃO DE PASSAGEIROS SMR - 104351-0 - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
-      <c r="A283" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132403", "684")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132403", " TIG-015-2022  - CONTRA RECUO 240MM - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
-      <c r="A284" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132386", "693")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132386", " GOV-018-2022 - 1 GUINDASTE FRIED KRUPP - 2 VAGÕES PNB - GOVERNADOR VALADARES/ MINAS GERAIS")</f>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
-      <c r="A285" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132387", "698")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132387", " GOV-137-2021 - ESMERILHADEIRA DE TRILHO - GOVERNADORS VALADARES/ MINAS GERAIS")</f>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
-      <c r="A286" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132388", "699")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132388", " GOV-142-2021 - 4 GERADORES - 1 66KVA, 1 GEISMAR E 2 7.5 KVA HONDA - GOVERNADORS VALADARES/ MINAS GERAIS")</f>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
-      <c r="A287" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132389", "711")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132389", " OIA-008 - 2022 - GERADOR BAMBOZZI SOLDAS - TIPO TN 5 B /56 R.P.M 1800 - AMPERAGEM: 40 - 375 EFICIÊNCIA 60% - 300 - OURILÂNDIA DO NORTE - PA")</f>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
-      <c r="A288" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132390", "713")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132390", " PIC-344-2021 - 11 DISPERSORES 2E 813101 DORR OLIVER - ITABIRITO/ MINAS GERAIS")</f>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
-      <c r="A289" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132391", "720")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132391", " SSG-015-2022 - ES3501 - ESCAVADEIRA PH 2300XPA 2004 - CANAÃ DO CARAJÁS/ PARÁ")</f>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132406", "761")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132406", " CKS-ATI-055-2022- 03 CONDICIONADOR DE AR DIVERSOS- VEJA DESCRITIVO DE ITENS- LOC.CARAJÁS-PA")</f>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
-      <c r="A291" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132408", "763")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132408", " CKS-MRO-008-2022- 14 ITENS, PARAFUSOS, KIT REVISÃO E OUTROS-VEJA DESCRITIVO DE ITENS- LOC.CARAJÁS - PARÁ")</f>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
-      <c r="A292" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132410", "765")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132410", " CKS-MRO-010-2022- 23 ITENS, GRAMPO, ANEL, PARAFUSO  E OUTROS-VEJA DESCRITIVO DE ITENS- LOC.CARAJÁS - PARÁ ")</f>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
-      <c r="A293" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132409", "769")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132409", " CKS-MRO-059-2022- 16 MASCARA RESPIRADORA TECIDO U, CARAJÁS - PA")</f>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
-      <c r="A294" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132411", "818")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132411", " 082-273-2022 - 10 ITENS. - FILTRO FLUIDO AGUA; DISJUNTOR 24344 ASTRA; E OUTROS, VEJA DECRITIVO DE ITENS. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
-      <c r="A295" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132412", "820")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132412", " CPBS -002-2022- 24.820 UNDS. MASCARA RESPIRADORA TECIDO U, LOC. ITAGUAI - PORTO DE SEPETIBA")</f>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
-      <c r="A296" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132413", "821")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132413", " CPBS-006-2022- 55 ITENS RASPADOR PRIMÁRIO, BUCHA  E OUTROS-VEJA DESCRITIVO DE ITENS- LOC. ITAGUAI - PORTO DE SEPETIBA")</f>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
-      <c r="A297" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132417", "841")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132417", " GOV- 017 -2022 - 25 ITENS - GAVETEIRO, MESA LATERAL; 60 X 60; TECNOFLEX; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. GORVERNADOR VALADARES/MG ")</f>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
-      <c r="A298" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132416", "842")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132416", " GOV-019-2022 - 3 TELEFONES MOD RECEPTOR MONOAURICULAR MARC/FAB COS;1 APARELHO TELEFONICO OPENSTAGE 40T; MARCA SIEMENS. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
-      <c r="A299" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132414", "845")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132414", " GOV-028-2022 - 9 ITENS - ARMARIO BAIXO DUAS PORTAS UMA PRATELEIRA 80X49X7, MESA DE TRABALHO ORGANICA L 140 X 140_ALBERFL.- VEJA DESCRITIVO DE ITENS - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
-      <c r="A300" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132423", "853")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132423", " ITA-009-2022- 47.500 UNDS. MASCARA RESPIRADORA; TIPO: SEMI-FACIAL;, LOC.ITABIRA / MG")</f>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
-      <c r="A301" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132425", "855")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132425", " MCR-015-2022- 7.780 UNDS.  MASCARA RESPIRADORA TECIDO U, LOC.Corumbá/MS ")</f>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
-      <c r="A302" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132419", "856")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132419", " MCR-016-2022- 25.406 UNDS.  MASCARA RESPIRADORA TECIDO U, LOC.Corumbá/MS  ")</f>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
-      <c r="A303" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132421", "871")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132421", " MRB-EQ-006-2022- 02 ITENS, TELEVISOR LCD 42, CAIXA DE SOM AMPLIFICADA MP 2000 FRAHM, LOC. MARABÁ/PA")</f>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
-      <c r="A304" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132428", "885")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132428", " PIC-329-2022 - APROX. 10.000 UM. DE MASCARA RESPIRADORA TECIDO U. - LOC. ITABIRITO/MG")</f>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
-      <c r="A305" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132460", "890")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132460", " PIC-345-2022 - 25 ITENS. - MOLA CATERPILLAR, GANCHO CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. ITABIRITO/MG")</f>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
-      <c r="A306" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132462", "913")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132462", " TIG-004-2022- 20.300 UNDS, MASCARA RESPIRADORA TECIDO U , LOC.MANGARATIBA - RIO DE JANEIRO")</f>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
-      <c r="A307" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132464", "914")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132464", " TIG-005-2022- 1403 ITENS, PARAFUSOS, SENSORES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. MANGARATIBA - RIO DE JANEIRO")</f>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
-      <c r="A308" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132433", "917")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132433", " TIG-012-2022- 02 CALCOS , 01 CONTATOR ,  LOC. MANGARATIBA - RIO DE JANEIRO")</f>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
-      <c r="A309" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132468", "934")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132468", " SLS-MRO-025-2022 - 1500 ITENS. - PARAFUSO 5/8POL 2.1/4POL UNC; LUVA ELETRODUTO LU-4883 1BSP BLINDA. E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
-      <c r="A310" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132466", "938")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132466", " SSG-004-2022-MRO - 84 ITENS. - ROLO 79348544548 METSO; PARAFUSO AHNSFA118J P- LOC. CANÃ DOS CARAJÁS/PA ")</f>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t>1.737,00</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
-      <c r="A311" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132465", "939")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132465", " SSG-006-2022-MRO - 75 ITENS. - RESISTOR COMPONENTE;;3BHB013477R0001 ABB, RESISTOR COMPONENTE;;HIES308461R0004 ABB; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANÃ DOS CARAJÁS/PA ")</f>
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
-      <c r="A312" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132439", "940")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132439", " SSG-007-2022-MRO - APROX. 34.500 MASCARA RESPIRADORA TECIDO U. - CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>