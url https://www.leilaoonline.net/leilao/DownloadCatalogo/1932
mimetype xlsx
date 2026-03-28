--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132701", "105")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132701", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/LS 1634; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132706", "106")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132706", "HONDA/CITY LX FLEX; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132700", "107")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132700", "veja o vídeo!! MERCEDES BENZ/C180 FF; 2016/2016; PRETA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: R$ 126.733,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>92.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133636", "108")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133636", "veja o vídeo!! HONDA/HR-V EXL CVT; 2016/2016; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 92.757,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133634", "109")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133634", "veja o vídeo!! HONDA/CIVIC TOURING CVT; 2018/2018; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132708", "110")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132708", "veja o vídeo!! I/M.BENZ GLA250; 2015/2015; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>84.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133271", "111")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133271", "veja o vídeo!! HONDA/FIT LX CVT; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 90.041,00")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133635", "112")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133635", "veja o vídeo!! HONDA/WR-V EX CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>57.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132702", "113")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132702", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133633", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133633", "veja o vídeo!! TOYOTA/COROLLA XEI 2.0 16V DUAL VVT-I; 2017/2017; CINZA; ALCO./GASOL. - FUNCIONANDO - FIPE: 94.516,00")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132703", "116")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132703", "veja o vídeo!! I/HYUNDAI SANTAFE GLS V6; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132705", "117")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132705", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNC. - IPVA 2022 OK - FIPE: R$ 153.230,00")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>72.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132707", "118")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132707", "veja o vídeo!! HONDA/CITY EX FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132704", "119")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132704", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>159</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132709", "120")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132709", "veja o vídeo!! FIAT/DOBLO CARGO 1.4; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132710", "121")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132710", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132740", "122")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132740", "veja o vídeo!! I/CHEVROLET CLASSIC LS; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132737", "123")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132737", "I/FORD FOCUS S 1.6 H; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132742", "124")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132742", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132732", "125")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132732", "I/AUDI A3 SPB 2.0T FSI; 2006/2007; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132733", "126")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132733", "veja o vídeo!! I/FIAT SIENA EL 1.4 FLEX; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132739", "127")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132739", "RENAULT/SCENIC EXP 1616V; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132743", "128")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132743", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2010/2011; AMARELA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132736", "129")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132736", "veja o vídeo!! VW/GOL 1000I; 1995/1995; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133220", "130")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133220", "veja o vídeo!! IMP/FORD ESCORT 1.8I GL; 1996/1996; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133283", "131")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133283", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133632", "132")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133632", "veja o vídeo!! VW/GOL CL; 1988/1988; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132734", "133")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132734", "GM/MONTANA CONQUEST; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132735", "134")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132735", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132738", "135")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132738", "veja o vídeo!! FORD/FIESTA EDGE; 2002/2003; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132741", "137")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132741", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132747", "139")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132747", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132746", "140")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132746", "VW//SANTANA; 2001/2001; BRANCA; ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132745", "141")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132745", "CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132744", "145")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132744", "veja o vídeo!! GM/MONZA 650; 1993/1993; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132749", "150")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/132749", "veja o vídeo!! GOL LS; 1985; BEGE; ALCOOL; MOTOR 1.6 - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>