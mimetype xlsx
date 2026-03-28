--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133284", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133284", "GM CHEVROLET D10. DIESEL. ANO 1983/1983")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133156", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133156", " VW FOX 1.0. Flex. Ano 2008/ 2008. Aprox. 115.000 km")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133157", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133157", "AMBULÂNCIA PEUGEOT PARTNER MARIMAR . ANO 2012/ 13")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133158", "024")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133158", "[ VÍDEO ] MITSUBISHI PAJERO TR4 HP. FLEX. ANO 2011")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133159", "025")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133159", "MITSUBISHI PAJERO TR4 HP. FLEX. ANO 2007/08")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133160", "027")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133160", " Estação Total Geodetic GD2i")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>