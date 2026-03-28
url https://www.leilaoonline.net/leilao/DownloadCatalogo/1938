--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136212", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136212", "Caminhão VW 24.220 euro3 Worker - 2009/2010 - Roll-on ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>205.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135150", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135150", " Prensa")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135171", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135171", " Prensa")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135160", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135160", " [vídeo] - Base de cinta transportadora")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135153", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135153", "  Base de cinta transportadora")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135152", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135152", " Base de cinta transportadora - Sem redutor")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135154", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135154", " Gerador Matsuyama 1200W")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135173", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135173", " Gerador - Diesel")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135163", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135163", " [vídeo] - Roçadeira de grama ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135162", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135162", " Plaina")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135166", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135166", " Lancha - sem espeficicações ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135164", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135164", " Compactador de lixo ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135155", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135155", " Diferencial de Máquina 966")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135170", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135170", " Silo de ração")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135156", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135156", " Filtro de manga industrial")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135159", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135159", " Lancha com motor 40 - Sem carreta")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135167", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135167", " Retífica Industrial ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135157", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135157", " Pé de carreta")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135158", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135158", " Britador")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135168", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135168", " Britador")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135161", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135161", " Paleteira de elevação -sem bateria")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135169", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135169", " Aspirador industrial")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135172", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135172", " Bomba de água")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135178", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135178", " Bomba de inox")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135180", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135180", " Máquina de lavar piso")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135189", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135189", " Máquina de lavar piso")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135175", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135175", " Prensa")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135165", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135165", " Guincho para Caminhão ou trator")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135179", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135179", " Fechadora de caixa")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135174", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135174", " Rotuladora Codatec")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135151", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135151", " Resfriador de leite")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135176", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135176", " Tesoura de chapa ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135201", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135201", " Máquina de emendar fita ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135185", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135185", " Paleteira ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135177", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135177", " Máquina Sem identificação")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135181", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135181", " Compressor para descarga de carreta silo ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135188", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135188", " Moinho de plástico")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135187", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135187", " Lote com: 18 unidades de motores, redutores e bombas a vácuo - Diversas")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135182", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135182", " Máquina Invicta")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135194", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135194", " Implemento para trator ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135183", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135183", "Paleteira hidráulica - com giro ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135195", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135195", " Garra para lenha")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135184", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135184", " Garra sucateira")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135196", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135196", " Diferencial Frontier 2005")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135197", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135197", " Cabine - Scania ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135193", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135193", " Trator Antigo")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135198", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135198", " Caçamba de caminhão")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135191", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135191", " Caçamba de caminhão")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135190", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135190", " Tanque Chorumeira - com motor diesel")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135203", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135203", " Prateleiras - Lances por  KG - 25  unidades - Aproximadamente 3.700 KGs")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135192", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135192", " Cabine Volvo")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135186", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135186", " Cabine VW")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135202", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135202", " Cabine Frontier")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135199", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135199", " Cabine Chevrolet")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135200", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135200", " Cabine Chevrolet")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136298", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136298", "Furadeira ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136299", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136299", "Tesoura de corte")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136300", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136300", "Calandra")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136301", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136301", "Serra")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136302", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136302", "Empilhadeira elétrica - 5 toneladas ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136303", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136303", "Empilhadeira elétrica hyster ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136304", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136304", "Empilhadeira elétrica ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...132 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...89 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136305", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136305", " [vídeo] MB 1214 C 1997 com Munck PKB 1550")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...25 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136410", "063")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136410", "Carreta tanque Random 1982 ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...15 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136411", "064")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136411", "Carreta tanque Rodoviaria 1980 ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136459", "065")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136459", "Mini Moto MXF Pro Racing - 50cc")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...1598 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137080", "066")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137080", "Cat Patrol 120B - Funcionando")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>