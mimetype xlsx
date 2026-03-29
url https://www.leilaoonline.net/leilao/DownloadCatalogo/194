--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,2523 +269,2211 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9253", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9253", " 7  RODETE DE MOENDA DEDINI  - SEM USO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9257", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9257", " 2  BRITADOR DE MANDÍBULA MILWAUKEE")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>227</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9256", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9256", " 1  MUCK ARTICULADO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9258", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9258", " 1  PENEIRA VIBRATÓRIA PARA BRITAGEM - SEM USO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9255", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9255", " 1  MOINHO DE MARTELO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.950,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9254", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9254", " 160  CATRACA -  SEM USO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9265", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9265", " 2  REDUTOR PARA MOENDA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9260", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9260", " 1  CENTRÍFUGA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9262", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9262", " 1  TURBINA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9263", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9263", " 400 METROS  MANGUEIRA ALTA PRESSÃO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9261", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9261", " 1  GERADOR 150 KVA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9259", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9259", " 13  PNEU COM RODAS PARA MÁQUINAS AGRÍCOLAS MEDIDAS 8.3/8-24")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.850,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9264", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9264", " 9  MEDIDOR DE ÁGUA - SEM USO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9268", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9268", " 30  SELOS MECÂNICOS -  SEM USO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9266", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9266", " 8  PLACA CONTROLADORA - SEM USO ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9269", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9269", " 1  BOMBA JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9267", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9267", " 3  CONDENSADOR DE AR - SEM USO ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9271", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9271", " 1  RADIADOR DE ÓLEO JOHN DEERE  - SEM USO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9272", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9272", " 7  RADIADOR PARA TRATOR - SEM USO ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9270", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9270", " 18  INTERCOOLER PARA MÁQUINAS AGRÍCOLAS SEM USO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9273", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9273", " 4  CONDENSADOR DE AR - SEM USO ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9276", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9276", " 500  FILTROS DE ÒLEO/ AR / COMBUSTÍVEL - SEM USO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9275", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9275", "5 CINTAS DE ACIONAMENTO - SEM USO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9274", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9274", " 2  CAPO DE TRATOR JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9279", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9279", " 5  HÉLICE PARA RADIADOR - SEM USO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9277", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9277", "30 TON PEÇAS AGRÍCOLAS - SEM USO (VENDA POR KILO)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9278", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9278", "10 TON  CURVAS DE VÁRIAS MEDIDAS E FRANGES - SEM USO (VENDA POR KILO)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1,20</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9280", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9280", " 30  VIDROS DE MÁQUINAS AGRÍCOLAS - SEM USO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9281", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9281", " 13  REGULADOR JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9283", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9283", " 19  CAPÔ E LATERAL - SEM USO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9282", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9282", " 3  VÁLVULA DE INCÊNDIO - SEM USO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9284", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9284", " 15  SUPORTE DE TRAÇÃO - SEM USO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9290", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9290", " 30  REDUÇÃO E CURVAS DE INOX - SEM USO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9285", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9285", " 3  CHICOTE CENTRAL JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9286", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9286", " 2  CHICOTE CENTRAL JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9287", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9287", " 1  CALANDRA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9288", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9288", " 1  MULTILÂMINA  SCHIFFER - MOTORES 150 CV")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>15.150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9289", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9289", " 1  EXTRUZORA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9293", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9293", " 5  CINTA DE ACIONAMENTO PARA GUINDASTE - SEM USO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9291", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9291", " 5  CINTA DE ACIONAMENTO PARA GUINDASTE - SEM USO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9292", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9292", "25  CINTA DE ACIONAMENTO PARA GUINDASTE - SEM USO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9537", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9537", "133 CABOS DE AÇO DE "1" E DE "1/14" POLEGADA de 6 E 4 METROS COMPRIMENTO CADA, EM BOM ESTADO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9299", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9299", " 2  GERADOR 35 E 55 KVA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9300", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9300", " 2  GERADOR DE 35 KVA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9301", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9301", " 1  GERADOR DE 450 KVA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9302", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9302", " 1  GERADOR DE 55KVA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9303", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9303", " 1  GERADOR DE 66 KVA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9306", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9306", " 2  MÁQUINA DE SOLDA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9305", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9305", " 2  MÁQUINA DE SOLDA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9307", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9307", " 1  GERADOR BAMBOZE")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9304", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9304", " 3  JOYSTICK JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9309", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9309", " 9  VÁLVULA PARA MÁQUINA AGRÍCOLA  - SEM USO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9308", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9308", " 5  VÁLVULA DIFUSORA DE FLUXO - SEM USO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9311", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9311", " 2  INTERCOOLER PARA MÁQUINAS AGRÍCOLAS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9313", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9313", " 85  MOTOREDUTORES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9310", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9310", " 4  PENEIRAS - SEM USO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9312", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9312", " 7  BARRA DE DIREÇÃO - SEM USO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9314", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9314", " 4  BOIA PARA TANQUE")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9315", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9315", "2  GRADE FRONTAL JOHN DEERE - SEM USO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9317", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9317", " 10  CHICOTES MÁQUINA AGRÍCOLA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9318", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9318", " 24  POTENCIOMETRO DO JOYSTICK")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9316", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9316", " 5  CHICOTE ELÉTRICO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9320", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9320", "5  REDUTORES EM BOM ESTADO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9319", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9319", " 7  MOTORES ELÉTRICOS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9321", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9321", " 1  TANQUE DE INOX 1500L")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9322", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9322", " 6  CHICOTE HIDRAULICO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9323", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9323", " 12  VALVÚLA JOHN DEERE")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9410", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9410", "GERADOR VEG 1.000 KVA EM BOM ESTADO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9405", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9405", "GERADOR 330 KVA NEGRINE")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9406", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9406", "PENEIRA VIBRATÓRIA, ANO 2007, MARCA SANDEVK, MOTOR 50 CV VEG 880 RPM 6 mtS X 2.40 MTS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9407", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9407", "REBRITADOR CONE MARCA FURLAM VS 65 COMPLETO (PAROU FUNCIONANDO)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9408", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9408", "5 PNEUS AGRÍCOLA EM BOM ESTADO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9409", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9409", "2 BLOCO DE MOTOR PENTA VOLVO COM VIRABREQUIM E COMANDO STANDARD")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9450", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9450", "TALHA ELÉTRICA 20 toneladas")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9451", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9451", "BRITADOR 40.10")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9452", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9452", "23 ALICATE DE ANÉIS - SEM USO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9579", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9579", "PLATAFORMA ELEVATÓRIA TIPO TESOURA 8 METROS ALTURA")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...1104 lines deleted...]
-      <c r="A47" s="5" t="inlineStr">
+      <c r="D87" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="B47" s="4" t="inlineStr">
-[...1293 lines deleted...]
-      </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.650,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9580", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9580", "DOLLY RANDON, ANO1989")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>