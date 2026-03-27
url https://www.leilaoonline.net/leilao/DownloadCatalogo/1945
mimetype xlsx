--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133639", "800")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133639", "SELADORA EVO 384 VG -G.MONDINI; SÉRIA. A/11/A-00391. - LOC. ANDRADINA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133640", "801")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133640", "SELADORA EVO 384 VG -G.MONDINI; SÉRIE.  A/12/A-00582. - LOC. ANDRADINA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133641", "802")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/133641", "APROX. 140 ITENS. - MODULO;G MONDINI; ENGRENAGEM;G MONDINI/71CN20436400. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. ANDRADINA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>