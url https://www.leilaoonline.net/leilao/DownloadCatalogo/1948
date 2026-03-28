--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134222", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134222", " Furadeira multipla 7 cabeçotes bipartidos verticais; 2horizontais; 3verticais superior, todos com 22 mandriz abertura 3000mm; ano 96 380 v 35Kw; 5300 kg MARCA:  Morbidelli -  FM 400 NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134216", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134216", " Postiforming manual penumática MARCA:  Unipost 3200 NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134208", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134208", " Vacuun forming MARCA:  3000 NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134213", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134213", " Serra multilamina 20 cv abertura 200 mm MARCA:  Gauer 7 NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134212", "016")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134212", " Tupia Ruas com avanço aut. MARCA:  Ruas NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134207", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134207", " Lixadeira de cinta MARCA:  Invicta 1500 NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134217", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134217", " Rebarbador com escova aço MARCA:  EMT NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134224", "021")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134224", " Furadeira de bancada MARCA:  NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134210", "026")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134210", " Pantografo de usinagem copiador MARCA:  CP 200 NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134236", "027")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134236", " Furadeira vert/ horiz. MARCA:  Invicta NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134237", "028")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134237", " Lixadeira banda larga com lixa de cinta transversal  e patins duplo; 220v; larg. 1200 mm DMC unisend NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...74 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134232", "029")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134232", " Serra 1/2 esquadria Invicta RR35 NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134226", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134226", " Lixadeira bolsa pneumatica 2 diâmetro Lidear NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134211", "031")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134211", " Serra circular madeira Rockwell RT 30 NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134227", "032")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134227", " Serra Pêndulo NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134221", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134221", " Seccionadora madeira larg. 3500 mm Giben LY NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134229", "038")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134229", " Seccionadora vertical HolzHer 1265 NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134231", "039")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134231", " Coladeira de borda; cola destopa;refila; polidor HolzHer Genisis NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134235", "040")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134235", " Tupia superior ø 12 mm Invicta NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134230", "041")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134230", " Máquina aplic. Perfil Polimac NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134225", "057")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134225", " Furadeira de bancada Schulz NO ESTADO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134228", "060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134228", " Furadeira ponto à ponto CNC com dois cabeçotes com 15 mandriz verticaisl e 2 horizontais cada Hirtz Livra NO ESTADO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134234", "086")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134234", " Furadeira vert/ horiz. Invicta NO ESTADO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134233", "109")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134233", " Passadeira de cola rol. Sup. E inf.  Orma 1100 mm NO ESTADO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134205", "204")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134205", " LOTE OPCIONAL ÚNICO (204)   -  COMPOSTO DOS LOTES 2(17);  2(11)  E  218(1111)    QUE TAMBÉM SERÃO APREGOADOS SEPARADAMENTE.    .     LOTE :  LINHA DE COLAGEM DE LÂMINAS COMPOSTA DE:  LOTE 217 - Passadeira de cola rolo  superior MAIS O LOTE 211 - Forno Koch infravermelho c/ transp.  E MAIS O LOTE 21")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134218", "211")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134218", " Forno Koch infravermelho c/ transp.  MARCA:  koch NO ESTADO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134206", "217")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134206", " Passadeira de cola rolo  superior MARCA:  Frama NO ESTADO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134223", "218")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134223", "lote 218 - ou ( 1,111) -   2 Calandra de prensagem rolo de borracha larg. 1100mm MARCA:  Harvar NO ESTADO. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...148 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134214", "305")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134214", " LOTE OPCIONAL ÚNICO - 305 COMPOSTO DOS LOTES 3(35); 3(36), 3(56)  E  3(85)    QUE TAMBÉM SERÃO APREGOADOS SEPARADAMENTE.    .    LOTE :  LINHA DE ENVERNIZAMENTO :  LOTE 335 - Envernizadora a rolo duplo larg. 1100 mm MAIS O LOTE 336 -  Forno UV 4 Lâmpadas larg. 1100 mm, MAIS O LOTE 356 - Escovadeira")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134220", "335")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134220", " Envernizadora a rolo duplo larg. 1100 mm; com tranfer anterior e posterior MARCA:  Cefla NO ESTADO. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134219", "336")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134219", "  Forno UV 4 Lâmpadas larg. 1100 mm MARCA:  Cefla NO ESTADO. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134215", "356")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134215", " Escovadeira C/ TRANSFER 3 metros MARCA:  Uliana 3m NO ESTADO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...121 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134209", "385")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/134209", " Envernizadora Master Paint 1 rolo larg. 1100 mm c/ tranportador tubular MARCA:  Master Paint NO ESTADO. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135999", "386")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135999", "LOTE COM Componente metálico para móveis. Em aço carbono,  pintados com tratamento de fosfato orgânico e epox . PRATELEIRAS NÃO VÃO.No estado.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>