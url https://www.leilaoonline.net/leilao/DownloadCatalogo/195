--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9329", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9329", " SUCATA DIVERSAS (INFORMÁTICA, MÓVEIS, FERRAGENS, ETC.)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9326", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9326", " VW PARATI 16V TOUR; 2002/2002; BRANCA; GASOLINA; PL.: CZA-1792; CH.: 9BWDA05X22T136724; PNEUS: RUIM. OBS.: MOTOR DESMONTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9327", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9327", " GM CAMIONETE C10; 1974/1974; MARROM; GASOLINA; PL.: CKZ-1070; CH.: C144DBR22030P; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9328", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9328", " VW FUSCA 1300; 1984/1984; BRANCA; ÁLCOOL; PL.: BFW-5837; CH.: 9BWZZZ11ZEP025696; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9330", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9330", " VW FUSCA 1300; 1975/1975; BRANCA; ÁLCOOL; PL.: CZA-1783; CH.: BJ249587; PNEUS: RUIM. OBS.: SEM MOTOR.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9325", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9325", " CARRETINHA TIPO ENGATE EM MADEIRA.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9333", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9333", " VW KOMBI; 1984/1985; BRANCA; GASOLINA; PL.: BFW-5845; CH.: 9BWZZZ23ZFP002774; PNEUS: RUIM. OBS.: SEM MOTOR.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9331", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9331", " GM CAMIONETE; 1973/1973; AZUL; GASOLINA; PL.: BFW-5859; CH.: C144CBR157G6B; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9332", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9332", " FIAT ELBA WEEKEND IE; 1992/1993; AZUL; GASOLINA; PL.: BNT-6861; CH.: 9BD146000N3944448; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>601,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>99.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9335", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9335", "FIAT UNO PICK-UP BIK-4424; CH. 9BD146000K8086580 RENAVAM: 00404580114. PNEUS: RUIM. OBS.: COM CAPOTA.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9334", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9334", " CORTADOR DE GRAMA MURRAY; PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9336", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9336", " GM VAN SPACE V T31C; 1998/1998; BRANCA; GASOLINA; PL.: CZA-1788; CH.: 8A1T31C1ZWS005492; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9337", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9337", " ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9338", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9338", " CAMINHÃO BASCULANTE FORD 11000; 1985/1985; VERDE; DIESEL; PL.: BWH-1133; CH.: LA7QET96055; PNEUS: RUIM. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9339", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9339", " COMPACTADOR DE LIXO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9340", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9340", " CARRETINHA TIPO ENGATE EM MADEIRA.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9341", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9341", " GM CAMINHÃO S/ CARROCEIRA; 1986/1986; VERMELHA; DIESEL; PL.: BFW-5847; CH.: 9BG5783NXGC014466; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9343", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9343", " GM CAMINHÃO 11000 MEC. OPERAC. COMPACTADOR DE LIXO; 1985/1985; DIESEL; PL.: BFW-5851; CH.: 9BG5653NXFC002390; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9344", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9344", " GM CAMINHÃO CARROCERIA MADEIRA; 1984/1984; AZUL; DIESEL; PL.: BFW-5849; CH.: 9BG5653PXEC010735; PNEUS: RUIM. OBS.: TANQUE INCLUSO NO LOTE.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9345", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9345", " VW KOMBI; 1999/2000; BRANCA; GASOLINA/GNV; PL.: CSN-2405; CH.: 9BWGB17XXYP006852; PNEUS: RUIM. OBS.: SEM RODAS DIANTEIRAS.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9346", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9346", " GM OPALA COMODORO SL/E; 1990/1990; CINZA; GASOLINA; PL.: BFW-5852; CH.: 9BGVP69HLLB108825; PNEUS: RUIM. OBS.: SEM RODAS DIANTEIRAS.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9347", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9347", " GMC CAMINHÃO BASCULANTE 12170; 1998/1998; BRANCA; DIESEL; PL.: BFW-5839; CH.: 9BG674NHWWC002447; PNEUS: RUIM. OBS.: MOTOR CATERPILLAR.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.751,99</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>248.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9348", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9348", " ÔNIBUS MB 364 11 R; 1982/1982; BRANCA; DIESEL; PL.: BTO-1153; CH.: 36417311047978; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9349", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9349", " GM KADETT IPANEMA (AMBULÂNCIA); 1994/1994; BRANCA; ÁLCOOL; PL.: BFW-5834; CH.: 9BGKA35KRRC331468; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...38 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9351", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9351", " VW KOMBI; 1998/1999; BRANCA; GASOLINA; PL.: BFW-5840; CH.: 9BWZZZ237WP009575; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9350", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9350", " APROX. 40 CARTEIRAS ESCOLARES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>