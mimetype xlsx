--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135346", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135346", "TOYOTA COROLLA EXI 1.8; ANO 2006 (BLINDADO) - LOC. GUARULHOS/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135348", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135348", "MITSUBISHI GRANDIS 2.4; 16V; ANO 2007 (BLINDADA) - LOC. GUARULHOS/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135349", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135349", "CHEVROLET ZAFIRA ELITE 2.0 AUTOMATICA; ANO 2008 (BLINDADA) - LOC. GUARULHOS/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>