--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,3227 +269,2827 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137630", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137630", "Lote com: 30 toneladas de máquinas diversas, com retifica, furadeira, esmeril , fornos e prensa")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137631", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137631", "Extrusora 60mm para plástico com cabeçote, puxadores e esteira linha completa com painéis fabricava chapas e tubos de ps")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135583", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135583", "Empilhadeira komatso 4 toneladas automático motor Nissan")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135495", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135495", " Moinho de tinta")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135496", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135496", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135497", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135497", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135500", "026")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135500", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135499", "032")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135499", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135498", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135498", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135501", "041")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135501", " Lote com: 2 bombas de vácuo ibran 4 e 7,5 cv ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135503", "054")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135503", " Filtro prensa para óleo")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135502", "064")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135502", " Lixadeira de cinta dupla")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135506", "067")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135506", " Impressora 3D Dwos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135504", "069")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135504", " Máquina para solda fita de serra")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135505", "074")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135505", " Lote com:  6 uni. seladoras para lona plastica haramura")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135507", "076")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135507", " Máquina de solda alta frequência politron ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135510", "079")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135510", " Prensa excentrica com freio fricção com nr12 -  80 toneladas -  Schule")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135508", "080")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135508", " Prensa excentrica freio fricção - 85 toneladas marca Super Victor - com nr12")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135509", "086")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135509", " Máquina para encher bichinho de pelúcia")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135515", "092")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135515", " Prensa hidráulica elétrica - 100 toneladas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135511", "096")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135511", " Puncionadora para chapas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135512", "102")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135512", " Lote com: 9 Máquinas de costura industrial - 2 cortadores de tecido - fechadura e pesponpadeira")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135513", "104")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135513", " Estufa elétrica para plástico")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135514", "106")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135514", " Misturador de cola em inox ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135516", "108")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135516", " Ferramentas de injeção e estamparia para fabricação de chaves de fenda philips - fábrica Facito")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135518", "111")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135518", " Fresadora Chaveteira")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135519", "113")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135519", " Prensa Excêntrica - 8 ton.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135517", "119")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135517", " Bomba de vácuo compressor radial  - 15 cv")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135520", "124")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135520", "Retifica de copo mesa magnética 150mm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135521", "128")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135521", "Eletro-erosão Altec  ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135522", "129")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135522", " Furadeira Radial")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135532", "130")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135532", " Máquina para desmontar Pneu de caminhão de piso Hidráulica")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135533", "131")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135533", " Furadeira de Coluna Dupla engrenada")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135527", "132")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135527", " Lixadeira de Fita para Marcenaria")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135528", "133")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135528", " Lote com: 9 cavaletes para caminhão ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135523", "135")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135523", " Calandra para cartonagem - 2 metros ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135526", "136")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135526", " Lixadeira para marcenaria ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135531", "138")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135531", " Retífica Jones Shipman 540")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135525", "139")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135525", " Serra tipo Policorte - Gasolina")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135529", "140")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135529", " Empilhadeira hidraulica - manual ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135530", "143")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135530", " Elevador elétrico - 1500kg")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135524", "148")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135524", " Furadeira Oscilante ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135534", "150")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135534", " Rosqueadeira Begra")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135535", "151")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135535", "Torno mecânico 1500x460")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135536", "152")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135536", "Lote com: 3 uni. tanques pressurizados para pintura - 50 litros ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135537", "153")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135537", "Lote com: 2 uni. Prensas excêntricas para 4 toneladas")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135538", "154")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135538", "Caçamba de Poli guindaste")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135539", "155")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135539", "Furadeira de bancada yadoya fny25 ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135540", "156")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135540", "Plaina Rocco 700mm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135541", "157")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135541", "Prensa hidráulica para 60 toneladas")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135542", "158")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135542", "Máquina para desmontar pneu de caminhão - hidráulica")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135543", "159")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135543", "Furadeira radial ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135544", "160")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135544", "Lote com: 2 uni. bombas de vácuo de paleta selovac seg 250")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135545", "161")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135545", "Rosqueadeira dupla para porcas ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135546", "162")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135546", "Balancim 15 toneladas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...10 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135547", "163")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135547", "Lote com: 3uni.  tanques pressurizado para pintura com misturador para 50 litros")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135548", "164")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135548", "Lote com: 2uni.  prensas excêntricas 80 toneladas com freio e fricção")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135549", "165")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135549", "Lote com: 3 uni.  rosqueadeira para porcas ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135550", "166")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135550", "Caldeira astrol")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135551", "167")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135551", "Lote com: 2 uni. tanques de polietileno 7 mil litros")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135552", "168")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135552", "Dobradeira para chapas manual -1 metro")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135553", "169")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135553", "Guilhotina elétrica - 1 metro")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135554", "170")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135554", "Lote com: 2 uni. tornos revolver e mecânico imor r400ii ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135555", "171")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135555", "Lote com: 7 uni.  plainas desempenadeira para madeira ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135556", "172")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135556", "Afiadora vigoreli")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135557", "173")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135557", "Lote com 100uni. de pinças para torno automático ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135558", "174")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135558", "Autoclave")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...52 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135559", "174")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135559", "Autoclave")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135560", "175")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135560", "Serra para madeira - gasolina")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135561", "176")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135561", "Lote com: 2uni.  macaco jacaré para 12 toneladas")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135562", "177")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135562", "Curvadora de tubos farex")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135563", "178")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135563", "Bomba alta pressão - 2 pistões")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135564", "179")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135564", "Torno mecânico Cléver l1640 ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135565", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135565", "Prensa excêntrica 4 ton. inclinável ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135566", "180")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135566", "Prensa excêntrica 4 ton. inclinável ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135567", "181")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135567", "Prensa excêntrica 4 toneladas")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135568", "182")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135568", "Fresadora ferramenteira fer50a atlasmaq ano 2007")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135569", "183")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135569", "Lixadeira para madeira Rayman")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135570", "184")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135570", "Lote com: 2uni. de furadeira horizontal ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135571", "185")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135571", "Torno de bancada Sanches blanes")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135572", "186")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135572", "Torno revolver Iran 1.1/2 polegadas ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135573", "187")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135573", "Seladora - encolhível")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135574", "188")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135574", "Pantógrafo")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135575", "189")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135575", "Lote com: 13uni. armários de madeira e fórmica")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135576", "190")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135576", "Torno automático a25 ge fong")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135577", "191")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135577", "Forno de indução - Indufor - dupla bacia")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135578", "192")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135578", "Desempeno de granito mitutoyo")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135581", "193")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135581", "Painel para eletroerosão mm 60 EDM engespark")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135582", "194")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135582", "Fresadora portal alo mesa 2.50 metros ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135584", "195")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135584", "Lote com: 13 unidades de Politriz de 5cv - 3.500rpm - Marca REBEL")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135585", "196")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135585", "Eletroerosão altec str100/500")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135586", "197")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135586", "Rosqueadeira para 4 polegadas tarnow")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135587", "198")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135587", "Fresadora de bancada ferramenteira")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135588", "199")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135588", "Gerador a gasolina Nagano ng8000")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135589", "200")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135589", "Furadeira magnética tecnew")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135590", "201")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135590", "Medidor de camadas de pintura")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135591", "202")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135591", "Lote com: 2 unidades de  parafusadeira Milwaukee m18")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135592", "203")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135592", "Chanfradeira")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135593", "204")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135593", "Retifica tipo centerles marca nomuco cnc ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...2622 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135594", "205")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135594", "Retifica cilíndrica huller para 1000x360mm")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>