--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3707 +269,3247 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135832", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135832", "Máquina de lavar Arroz em aço inoxidável ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135601", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135601", " Balança Toledo cap. 3 toneladas - no estado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135621", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135621", " Parafusos grandes diversos (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135611", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135611", " Parafusos pequenos diversos (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135833", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135833", "Motores elétricos de tanquinho de lavar roupa (500 unidades) ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135605", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135605", " Rolo de papel dourado - 10cm (Aprox. 70 unidades)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135635", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135635", " Lã de rocha de diversos tamanhos (Aprox. 150 pacotes)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135608", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135608", " Prateleiras rústicas em madeira para vinhos e garrafas (12 unidades)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135626", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135626", " Expositor gôndola de diversos tamanhos - no estado (Aprox. 100 caixas)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135607", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135607", " Plástico triturado de diversas cores - 03 bags (Aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>0,50</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135634", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135634", " Plástico triturado de diversas cores - (Aprox. 20 sacos - aprox. 3000kg) - Lance por KG")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>0,50</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135619", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135619", " Conexões de diversos tamanhos e medidas - Ferro fundido - 12, 13, 20 cm , etc -(Aprox. 5700kg) - Lance por KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135631", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135631", " Tubos de inox ferrítico de 3m -parede 2mm de espessura - diametro 2,5 polegadas (50 unidades)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135606", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135606", " Tubos de inox ferrítico de 3m comp. - Parede 2mm - Diâmetro 2,5"  (50 unidades)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135632", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135632", " Tubos de inox ferrítico de 3m comp. - Parede 2mm - Diâmetro 2,5"  (50 unidades)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135614", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135614", " Tubos de inox ferrítico de 3m comp. - Parede 2mm - Diâmetro 2,5"  (50 unidades)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135625", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135625", " Tanque de inox 304 de 10.000L - 1,87 m Diâmetro - 2,49 m Comprimento")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135602", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135602", " Tanque de inox 304 de 4.000L - 1,63 m Diâmetro - 2 m Comprimento")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135627", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135627", " Omega 2005 automático, bancos em couro, blindado, funcionando - 2022 quitado")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135618", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135618", " Válvula de ferro fundido de 75cm Diâmetro - 2 Metros de comprimento ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135628", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135628", " Tubos de ferro de 3 M. Comprimento - 3 Polegadas Diâmetro - 3mm. Parede (Aprox. 9000 kg) - Lance por KG")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1,20</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135613", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135613", " Máquina de Limpar ervilha em Aço Inoxidável 304")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135637", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135637", " Placa de torno - 37 Cm diâmetro")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135609", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135609", " Placa de torno - 21 Cm de Diâmetro ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135629", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135629", " Placa de torno - 25 Cm Diâmetro")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135612", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135612", " Placa de torno - 25 Cm Diâmetro")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135638", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135638", " Trator Ford Brasileiro -8Br - 64a/66 - Funcionando ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135604", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135604", " Trocador de calor de inox 304 - Paasch &amp; Silkeborg ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135624", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135624", " Parafusos pequenos diversos - no estado (Aprox. 5000kg) - Lance por KG")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135616", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135616", "Máquina pré limpeza de grãos - Munters ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135633", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135633", "Máquina pré limpeza de grãos - Munters ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135610", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135610", " Máquina de secagem")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135623", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135623", " Torno industrial")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135615", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135615", " Torno Mecânico Imor Min - Barramento 2,5m - Engrenagens de recambio: 25 - 50 - 60- 75 - 80 - 100 - 127 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135630", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135630", " Furadeira de Coluna - Harlo - RPM 1735 - Kpm 1445")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135603", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135603", " Furadeira de Coluna - Panambra OC 790 - Rpm 1735 - Fase 3 220/380")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135622", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135622", "Fresadora MB 800 - 1981 - 220v")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135617", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135617", " Vitrola 1906 - USA - Victor talking machine co.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135636", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135636", " Furadeira de Coluna - ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135620", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135620", " Prensa de papelão e latinhas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135639", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135639", "Lã de rocha - diversas medidas - aproximadamente 150 pacotes")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135640", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135640", " Rosca sem fim de aço inoxidável ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135642", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135642", " Rosca sem fim de aço inoxidável - 8 metros de comprimento, 38cm de diâmetro - Peso: 1 ton.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135641", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135641", " Cadinhos diversos (Aprox. 3.000kg) - Lance por KG")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135645", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135645", " Motor para aprendizado de escolas e faculdades - Opala")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135644", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135644", " Tanque de aço inox de 5.000L - 1,84 m Diâmetro - 2,20m Comp.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135646", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135646", " Válvulas dn80 diversas (Aprox. 22 unidades) - Lances por KG")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135643", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135643", " Torre autoportante com aproximadamente 50 metros de altura (Torre desmontada)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135647", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135647", " Serra elétrica (3 unidades )")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135652", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135652", " Triturador")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135664", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135664", " Aspirador - caixa de 75cm x 56cm - Máquina total + 2metros")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135648", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135648", " Caixa de fábrica de sapato  - 1,32m alt x 78 cm largura x 50 cm")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135669", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135669", " Cilindros de Oxigênio - 1,60m altura - 64 a 85cm circunferência (9 unid.)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135657", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135657", " Tubos de gás diversos 1,04m alt. x 1,10m. circ. A 1,30m Alt. x 1,19 circ.  (13 unid.)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135668", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135668", " Macacos hiráulicos - diversos  (29 unid. )")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135659", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135659", " Rolo de esteira - 2" - 90 cm de comprimento (24 unid. )")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135653", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135653", " Bomba de pistão - Aprox. 28cm  (48 unid. )")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135662", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135662", " Rolo de esteira 2" galvanizado - 1,50m comprimento  (64 unid. )")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135651", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135651", " Bombas de engrenagens e itens diversos (27 unid.)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135656", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135656", " Bombas hidráulicas de engrenagem  (47 unid. )")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135649", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135649", " Prensa/Tesoura (16 unid.)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135661", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135661", " Bomba poço artesiano - entre 2,10m e 10cm de diâmetro a 40cm e 9 cm de diâmetro (14 unidades)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135650", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135650", " Polia - 80cm de diâmetro (4 unid.)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135655", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135655", " Polia - Diversos tamanhos ( 15, 20, 22, 30 cm diâmetro) - (14 unid.)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135660", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135660", " Bombas injetoras - 40cm x 20cm  (10 unid. )")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135667", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135667", " Pistão  - 56 x 10 cm (51 unid.)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135663", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135663", " Bomba d'águaWEG  - 1 metro de lagura x 0.80 cm altura - 220/380")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135666", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135666", " Pistão Hidráulico (5 unid.) 1 unidade - 1,05m x 22 cm e 4 unidades - 60cm x 10 cm")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135658", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135658", " Pistão de alumínio pneumático - 1,20m x 10cm A 20 cm x 5 cm (19 unid. )")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135665", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135665", " Pistão Hidráulico - Diversas medidas - 1,10m , 2 m, 70cm (43 unid.)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135654", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135654", " Bomba d'água - diversos tamanhos (4 unidades)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135834", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135834", " Redutores de torque  - diversas medidas ( 09 unidades ) ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135839", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135839", " Redutores de torque  - diversas medidas ( 05 unidades ) ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135838", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135838", " Compressores de Ar - diversas medidas - Maior 1,20m ( 10 unidades ) ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135844", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135844", " Materiais diversos - Motor, hélice, engrenagem, etc. ( 20 unidades ) ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135840", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135840", " Bombas hidráulicas - diversos tamanhos ( 08 unidades)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135842", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135842", " Suportes de motor ( 02 unidades ) E máquina de alinhamento de roda com motor trifásico Assincrono")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135843", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135843", " Balanças - Diversas Marcas - Cortbal 820kg, Toledo 250kg, Perfecta 1000kg - ( 10 unidades) ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135836", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135836", " Carretinha - 4.5m x 1.10m")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135835", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135835", " Vasos, bides, pias com coluna e sem coluna ( 148 unidades )")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135837", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135837", " Motor de ônibus Volvo B10M - 6 cilindros")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135855", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135855", " Motor de ônibus Volvo B10M - 6 cilindros")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135841", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135841", " Piano Schartzmann ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135845", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135845", " Transmissões de motor ( 70 unidades )")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135850", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135850", " Tesouras - Estruturas para construção de barracão - 5 metros compr. ( 60 unidades)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135853", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135853", " Aindaimes de Ferro 190cm x 160cm - Aprox. 10.000kg - Lances por KG")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1,70</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...64 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135847", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135847", " Máquina fotográfica Canon FT")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135846", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135846", " Máquina fotográfica Nikomat - lente 35-75mm")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135849", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135849", " Câmera Yashica Mat- 124")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135851", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135851", " Câmera Yashica Mat- 124")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135848", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135848", " Máquina de escrever antiga ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135852", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135852", " Máquina de escrever antiga ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135854", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135854", " Máquina de escrever antiga ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136178", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136178", " Jeep compass 18/19 longitude flex 2.0  - 40.600km - branco - automático - modelo com pacote Beats incluso - bancos em couro - funcionando ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136179", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136179", " Ford Ranger STX 96/96 americana -  V6 4.0 - Gasolina/GNV. Cilindro recém retestado (próximo reteste em 2027) - motor, câmbio e mecânica tudo ok, em funcionamento - 137.000km - modelo com 04 lugares no documento -  direção hidráulica, vidros elétricos - Passada pelo inmetro em maio/22 ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136181", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136181", " Baú de alumínio - Comprimento: 2,5m - Largura: 2,1m - Altura: 1,8m - 80cm entre as vigas ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136180", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136180", " Máquina de triturar alimentos industrial marca IMC em INOX 316 - seminova - funcionando -  220V")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136189", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136189", " Lâminas de barbear Feather, Sem uso, lacradas, 10 pacotes com 60 lâminas cada, total de: 600 lâminas  - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136177", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136177", " Lâminas de barbear Feather, Sem uso, lacradas, 10 pacotes com 60 lâminas cada, total de: 600 lâminas  - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136183", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136183", " Lâminas de barbear Feather, Sem uso, lacradas, 10 pacotes com 60 lâminas cada, total de: 600 lâminas  - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136182", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136182", " Lâminas de barbear Feather, Sem uso, lacradas, 10 pacotes com 60 lâminas cada, total de: 600 lâminas  Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136185", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136185", " Lâminas fixas Bluelord novas, lacradas, 10 pacotes contendo 24un cada, total de: 240 lâminas - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136188", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136188", " Lâminas fixas Bluelord novas, lacradas, 10 pacotes contendo 24un cada, total de: 240 lâminas - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136184", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136184", " Lâminas fixas Bluelord novas, lacradas, 10 pacotes contendo 24un cada, total de: 240 lâminas - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136186", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136186", " Lâminas fixas Bluelord novas, lacradas, 10 pacotes contendo 24un cada, total de: 240 lâminas - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136187", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136187", " Aprox 1000un de CDs novos graváveis - sem uso - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136190", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136190", " Aprox 1000un de CDs novos graváveis - sem uso - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136191", "109")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136191", " Lote com 3 caixas de: Cola preta multipropósito Mechanic T7000 - Sem uso - caixa com 10un. Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136195", "110")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136195", " Cola branca multipropósito Y-7000 YAXUN - sem uso  - lote com 20un - 110ml -Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136196", "111")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136196", " Lote com 12 caixas - Termômetro digital ET-11plus -  20un cada, total de 240 termômetros -  sem uso - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136197", "112")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136197", " Lote com 5 unidades: Terminal GPON TPLINK gigabit TP-LINK TX-6610-2 -  sem uso - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136193", "113")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136193", " Lote com 2 unidades: Mikrotik routerboard  Hap RB951Ui-2nd - novo sem uso - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...202 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136194", "114")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136194", " 50un de Câmaras de pneu de moto - marcas diversas - modelo 3.00-18 -  - sem uso - lacrado - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136192", "115")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136192", " 50un de Câmaras de pneu de moto - marcas diversas - modelo 3.00-18 -  - sem uso - lacrado - Comitente envia via correio mediante pagamento")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...2303 lines deleted...]
-      <c r="E98" s="5" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F98" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F101" s="4" t="inlineStr">
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-[...734 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136198", "116")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136198", " 50un de Câmaras de pneu de moto - marcas diversas - modelo 3.00-18 -  - sem uso - lacrado - Comitente envia via correio mediante pagamento")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>