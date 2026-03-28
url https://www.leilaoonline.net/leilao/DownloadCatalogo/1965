--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135879", "042")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135879", "I/TOYOTA HILUX CD4X4; 2005/2006; BEGE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135881", "060")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135881", "veja o vídeo!! I/GM CAPTIVA SPORT FWD; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135885", "061")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135885", "FIAT/PALIO WK ADVEN FLEX; 2010/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135886", "065")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135886", "VW/KOMBI; 1998/1998; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135877", "080")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135877", "CHEVROLET S10 ADV FD2; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 446; CP 121")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135887", "085")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135887", "GM/S10 2.2 RONTAN AMB; 2000/2000; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136172", "090")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136172", "KAWASAKI/VERSYS ABS; 2012/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135883", "097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135883", "VW/SAVEIRO CS ST MB; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135876", "099")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135876", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135878", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135878", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135880", "103")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135880", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: 90.652,00")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>46.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135889", "106")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135889", "CAMINHÃO FORD 11000; 1990/1990")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135888", "109")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135888", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135890", "110")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135890", "CAMINHÃO IVECO/DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - FUNCIONANDO - CP304")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135895", "111")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135895", "CAMINHÃO IVECO/DAILY 70C17HDCD; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - CP305")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135891", "120")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135891", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135892", "128")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135892", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135898", "144")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135898", "FIAT PALIO WEEKEND ADVENTURE; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO; CP 217")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135893", "145")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135893", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135894", "146")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135894", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135896", "147")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135896", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 874; CP 125.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135897", "148")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/135897", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>