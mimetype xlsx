--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137002", "040")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137002", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>133.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136217", "042")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136217", "I/TOYOTA HILUX CD4X4; 2005/2006; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137001", "053")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137001", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2016/2016; PRATA; DIESEL - FUNCIONANDO - FIPE: R$ 148.466,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136219", "060")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136219", "veja o vídeo!! I/GM CAPTIVA SPORT FWD; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136221", "061")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136221", "FIAT/PALIO WK ADVEN FLEX; 2010/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136222", "065")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136222", "VW/KOMBI; 1998/1998; AMARELA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136215", "080")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136215", "CHEVROLET S10 ADV FD2; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 446; CP 121")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137082", "081")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137082", "RENAULT/MEGANESD DYN 16; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137079", "085")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137079", "GM/S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137084", "096")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137084", "VW/GOL SPECIAL; 2003/2004; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136220", "097")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136220", "VW/SAVEIRO CS ST MB; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137081", "098")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137081", "FIAT/STRADA WORKING; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136214", "099")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136214", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136216", "102")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136216", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136218", "103")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136218", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: 90.652,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>39.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137075", "105")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137075", "veja o vídeo!! HONDA/CITY EX FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136224", "106")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136224", "CAMINHÃO FORD 11000; 1990/1990")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137005", "107")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137005", "HONDA/CITY LX FLEX; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137000", "108")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137000", "veja o vídeo!! I/KIA SORENTO EX2 3.5G17; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136223", "109")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136223", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...57 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136225", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136225", "CAMINHÃO IVECO/DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - FUNCIONANDO - CP304")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136226", "111")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136226", "CAMINHÃO IVECO/DAILY 70C17HDCD; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - CP305")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137077", "112")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137077", "HYUNDAI/HR HDB; 2011/2012; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137003", "116")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137003", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.957,00")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136227", "120")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136227", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136228", "128")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136228", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...143 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137004", "129")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137004", "veja o vídeo!! FIAT/DOBLO RONTAN AMB; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136233", "144")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136233", "FIAT PALIO WEEKEND ADVENTURE; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO; CP 217")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136229", "145")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136229", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136230", "146")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136230", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...474 lines deleted...]
-      <c r="D39" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136231", "147")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136231", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 874; CP 125.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E39" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136232", "148")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136232", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>