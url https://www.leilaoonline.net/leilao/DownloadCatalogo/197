--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9588", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9588", " Ônibus Busscar Elbus 340 Mecânica MWM - VW 17-240 Ano 2001 banheiro, cabeamento de internet já passado, pronto para motor home.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9587", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9587", " CARRETA MARCA:  FACCHINI MODELO:  SRF LO ANO 2002/2002 COR: VERMELHA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9590", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9590", " CARRETA MARCA:  FACCHINI MODELO:  IR RER FR ANO 1997/1998 COR: CINZA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9589", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9589", " CARRETA MARCA:  FACCHINI MODELO:  SRF LO ANO 2005/2005 COR: BRANCA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9415", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9415", "2 Balanças Eletronicas Toledo 50 KGs")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9416", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9416", "Balança Eletrônica - Filizola - 60 Kgs")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9417", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9417", "3 Betoneiras - 400 Lts")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9418", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9418", "2 Seladoras Marca Matisa")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9419", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9419", "Seladora Marca Embrapac")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9420", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9420", "Empilhadeira Hyster 55 ( cap. 2.130 Kgs)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9421", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9421", "Empilhadeira Yale 50 ( cap. 1790 Kgs)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>