--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -269,3195 +269,2799 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136871", "1002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136871", " PRENSA HIDRÁULICA LUXOR LCN, CAP. 5 T")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136852", "1003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136852", " SERRA DE FITA RONEMAK AC 300, ANO: 1992")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136855", "1005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136855", " VENTOINHA COM QUEIMADOR E MOTOR ELÉTRICO 7,5 CV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136854", "1006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136854", " 3 ESTEIRAS ELETROMAGNÉTICAS EM AÇO INOX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136853", "1007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136853", " FURADEIRA DE COLUNA YADOYA S35, COM MOTOR ELÉTRICO 15 CV")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136863", "1012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136863", " TORNO XERVITT MBL-M72B, BARRAMENTO: 1 M")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136864", "1014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136864", " 1 REDUTOR FALK 2100Y2-B, REL. 1:9 P/ MOTOR DE 100 CV; 1 REDUTOR CESTARI HD4/14, REL. 1:29,6; 1 REDUTOR FLENDER H3SH11B, REL. 1:33 P/ MOTOR DE 150 CV")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136869", "1016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136869", " SERRA DE FITA DOALL MOD. ML")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136860", "1022")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136860", " MOTOR ELÉTRICO WEG 175 CV, 2 PÓLOS, 440 V")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136873", "1024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136873", " MOTORREDUTOR SEW, REL. 1: 192, COM MOTOR ELÉTRICO 40 CV, 2 PÓLOS, 380/660 V")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136868", "1025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136868", " 1 REDUTOR TRANSMOTÉCNICA H1310, REL. 1:800 E 1 REDUTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136867", "1027")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136867", " 2 COMPRESSORES RADIAIS IBRAM, COM MOTOR ELÉTRICO 7,5 CV")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136872", "1029")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136872", " 1 REDUTOR TRANSMOTÉCNICA H1213, REL. 1:20 E 1 REDUTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136856", "1030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136856", " 11 MOTORES ESTACIONÁRIOS DYNAPAC")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136866", "1033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136866", " COMPRESSOR RADIAL IBRAM, COM MOTOR ELÉTRICO 10 CV, E TENSÕES")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136870", "1037")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136870", " REDUTOR, REL. 1:7 P/ MOTOR DE APROX. 300 CV")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136857", "1039")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136857", " 4 EXAUSTORES PROJELMEC, Q:22000³/H , COM MOTOR 6 CV RPM 1150")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136859", "1042")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136859", " 1 REDUTOR CESTARI, REL. 1:44 P/ MOTOR DE APROX. 200 CV E 1 REDUTOR TRANSMOTÉCNICA H1217, REL. 1:12 P/ MOTOR DE APROX. 150 CV")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136865", "1046")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136865", " 2 EXAUSTORES C/ MOTOR ELÉTRICO 10 CV E 2 EXAUSTORES C/ MOTOR ELÉTRICO 5 CV")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136861", "1048")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136861", " MOTOREDUTOR SEW, REL. 1:35 POT. APROX. 50 CV (EIXO FRONTAL)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136876", "1057")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136876", " CENTRÍFUGA EM AÇO INOX DIÂM. 1,8 M E ALTURA 1 M")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136858", "1060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136858", " ESTUFA MARVI POT. 1000 W")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136874", "1061")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136874", " ALIMENTADOR VIBRATÓRIO C/ MOTOR ELÉTRICO 2 CV")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136875", "1062")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136875", " 1 FURADEIRA MELLO, 1 FURADEIRA ROCKET, 1 REBITADEIRA COLOMAN E 1 REBITADEIRA TAUMEL")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136862", "1064")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136862", " MOTOBOMBA NET 6" C/ MOTOR ELÉTRICO 20 CV")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136877", "1065")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136877", " ESTUFA FABBER PRIMAR EM AÇO INOX DE 2 PORTAS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136881", "1070")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136881", " ESTEIRA TRANSPORTADORA C/ MOTORREDUTOR SEW, REL. 1:23,2, POT. 0,75 KW; COMP. 5 M")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136882", "1074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136882", " LAVADOR DE TANQUE INUMET")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136887", "1076")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136887", " VÁLVULA ROTATIVA CONDOR EM AÇO INOX")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136892", "1078")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136892", " REDUTOR, REL. 1:60 P/ MOTOR DE 20 CV")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136880", "1079")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136880", " REDUTOR CESTARI, REL. 1:14 P/ MOTOR DE APROX. 300 CV")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136891", "1080")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136891", " EXAUSTOR PROJELMEC")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136889", "1082")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136889", " 1 GUILHOTINA PEXTO F3354")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136886", "1087")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136886", " CALHA VIBRATÓRIA, DIM. 2X0,9 M")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136879", "1088")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136879", " CALHA VIBRATÓRIA, DIM. 3X0,9 M")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136878", "1089")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136878", " LAVADORA DE PEÇAS EM AÇO INOX, DIM. 1,3X0,85 M")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136885", "1090")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136885", " ESTEIRA TRANSPORTADORA DE CAVACO COM MOTORREDUTOR, COMP. 4 M")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136884", "1091")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136884", " 5 EXAUSTORES AR BRASIL COM MOTOR ELÉTRICO 25 CV")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136890", "1093")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136890", " MOTOBOMBA OMEL EM INOX, COM MOTOR ELÉTRICO 40 CV")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136888", "1096")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136888", " 2 TANQUES EM AÇO CARBONO, DIÂM. 1,2 M E ALTURA 1 M")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136883", "1097")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136883", " APROX. 35 ROSCAS TRANPORTADORAS DIVERSAS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136895", "2101")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136895", " BRAÇO GIRATÓRIO SAMM C/ TALHA ELÉTRICA; CAP. 300 KG")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136912", "2102")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136912", " TROCADOR DE CALOR DE PLACA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136893", "2103")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136893", " MÁQUINA DE FRISAR C/ MOTOR WEG 2 CV")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136906", "2104")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136906", " MÁQUINA DE FRISAR C/ MOTOR WEG 1,5 CV")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136908", "2105")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136908", " PRENSA EXCÊNTRICA; CAP. 6 T")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136907", "2106")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136907", " DOBRADEIRA/CALANDRA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136899", "2107")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136899", " DOBRADEIRA C/ GARRAS; VÃO DE 2 M")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136909", "2108")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136909", " DOBRADEIRA S/ GARRAS; VÃO DE 2 M")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136897", "2109")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136897", " SERRA DE FITA RONEMAK MOD. 3/4")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136903", "2110")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136903", " VENTILADOR INDUSTRIAL PROJELMEC 2 CV")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136894", "2111")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136894", " TACHO TIPO CADINHO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136900", "2112")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136900", " MOTORREDUTOR C/ MOTOR ELÉT. WEG 40 CV; REL.: 1:42,9")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136910", "2113")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136910", " MOTORREDUTOR C/ MOTOR ELÉT. WEG 40 CV; REL.: 1:42,9")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136898", "2114")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136898", " BOMBA DE VÁCUO CONTINENTAL C/ MOTOR ABB")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136913", "2115")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136913", " GUINCHO TIPO GIRAFA; CAP. 1T")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136896", "2116")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136896", " PRENSA TIPO "C"")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136905", "2117")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136905", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136902", "2118")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136902", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136901", "2119")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136901", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136904", "2120")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136904", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136911", "2121")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136911", " 4 BOMBAS KSB DIVERSAS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136914", "2122")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136914", " ESTEIRA TRANSPORTADOR P/ CAVACO C/ MOTOR")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136915", "2124")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136915", " AFIADORA DE FERRAMENTAS, C/ MOTOR WEG 3 CV")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136916", "2125")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136916", " VENTILADOR INDUSTRIAL TIPO 1/14, ANO 1978")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136920", "2126")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136920", " TALHA ELÉTRICA BAUMA PT 250, CAP. 10 T, ANO: 1982")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136917", "2127")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136917", " MOINHO DE ROLO S/ MOTOR E C/ REDUTOR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136930", "2128")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136930", " BOMBA CENTRÍFUGA EM AÇO INOX; POT. APROX. 30 CV")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136932", "2129")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136932", " MOINHO MARTELO TIGRE LE 53; C/ MOTOR ELÉT. WEG 75 CV")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136926", "2130")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136926", " CALANDRA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136928", "2132")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136928", " GUINCHO C/ MOTORREDUTOR; POT. 15 CV")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136923", "2133")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136923", " GUINCHO C/ REDUTOR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136922", "2134")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136922", " GUINCHO C/ REDUTOR")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136934", "2136")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136934", " UNIDADE HIDRÁULICA C/ MOTOR ELÉT. WEG 75 CV, 1775 RPM, 220/380 V")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136947", "2138")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136947", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136945", "2139")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136945", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136950", "2140")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136950", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136956", "2141")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136956", " PRENSA HIDRÁULICA EV; CAP. 20 T")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136937", "2142")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136937", " UNIIDADE HIDRÁULICA AS BREUK TIPO DPU 0040-99")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136954", "2143")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136954", " COMPACTADOR DE SOLO DYNAPAC TIPO C016; C/ MOTOR ELÉT. WEG 2 CV")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136940", "2144")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136940", " BOMBA EM AÇO INOX; C/ MOTOR ELÉT. WEG 40 CV, 4 PÓLOS, 220/380 V")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136951", "2145")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136951", " CORTADOR DE PISO À GASOLINA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136941", "2146")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136941", " ALIMENTADOR VIBRATÓRIO EM INOX; PAINEL S/ COMPONENTES")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136953", "2147")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136953", " GUINCHO C/ MOTORREDUTOR E FREIO; C/ MOTOR ELÉT. WEG. 12,5 CV, 4 PÓLOS, 220/380/440 V")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136943", "2148")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136943", " GUINCHO C/ MOTORREDUTOR E FREIO; C/ MOTOR ELÉT. EBERLE 15 CV, 4 PÓLOS, 220/380 V")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136948", "2150")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136948", " PULMÃO DE AR ATLAS COPCO; CAP. 500 L")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136957", "2151")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136957", " 4 PNEUS ARO 17")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136961", "2152")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136961", " MISTURADOR CONCRETO 100 L; C/ MOTOR ELÉT. WEG 4 CV E REDUTOR ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136958", "2153")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136958", " ASPIRADOR DE PÓ INDUSTRIAL")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136962", "2154")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136962", " ESTUFA DE SECAMENTO EM AÇO INOX; DIM.: 2,4x1,1x2,3 M")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136969", "2156")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136969", " TANQUE EM FIBRA; CAP. 5000 L")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136964", "2157")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136964", " TANQUE EM FIBRA; CAP. 1500 L")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136972", "2158")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136972", " CONTAINER EM AÇO INOX; CAP. 1500 L")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136967", "2159")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136967", " TANQUE EM AÇO INOX, CAP. 1000 L")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136974", "2161")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136974", " TANQUE EM AÇO INOX, CAP. 1500 L")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136966", "2162")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136966", " TANQUE EM AÇO INOX, CAP. 1000 L")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136971", "2163")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136971", " TANQUE EM AÇO INOX, CAP. 7000 L")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136976", "2164")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136976", " ROSCA TRANSPORTADORA EM AÇO INOX DE 6"x3 M")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136977", "2165")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/136977", " MISTURADOR EM AÇO INOX; CAP. 1000 L")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>