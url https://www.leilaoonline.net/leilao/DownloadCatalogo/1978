--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137129", "040")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137129", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>135.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137124", "042")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137124", "I/TOYOTA HILUX CD4X4; 2005/2006; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138263", "050")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138263", "MMC/L200 TRITON FLEX; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137127", "061")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137127", "FIAT/PALIO WK ADVEN FLEX; 2010/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137128", "065")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137128", "VW/KOMBI; 1998/1998; AMARELA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137289", "085")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137289", "GM/S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137126", "097")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137126", "VW/SAVEIRO CS ST MB; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137130", "098")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137130", "FIAT/STRADA WORKING; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137121", "099")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137121", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138261", "100")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138261", "VW/NOVA SAVEIRO RB MBVS; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137123", "102")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137123", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137125", "103")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137125", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: 90.652,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>62.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137194", "104")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137194", "HYUNDAY/HB20S 10M EVOLUT; 2020/2021; CINZA, ALCO./GASOL.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137143", "105")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137143", "veja o vídeo!! HONDA/CITY EX FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137132", "106")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137132", "CAMINHÃO FORD 11000; 1990/1990")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137142", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137142", "HONDA/CITY LX FLEX; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137131", "109")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137131", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137144", "112")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137144", "HYUNDAI/HR HDB; 2011/2012; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137140", "116")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137140", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.957,00")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137135", "120")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137135", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137136", "128")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137136", "FORD/KA SE 1.0 HA C; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...15 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137141", "129")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137141", "veja o vídeo!! FIAT/DOBLO RONTAN AMB; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137193", "130")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137193", "VW/FUSCA 1300; 1976; BRANCO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137139", "144")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137139", "FIAT PALIO WEEKEND ADVENTURE; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO; CP 217")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...282 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137137", "145")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137137", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137138", "146")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137138", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D36" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137145", "147")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137145", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 874; CP 125.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E36" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F36" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137146", "148")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137146", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>