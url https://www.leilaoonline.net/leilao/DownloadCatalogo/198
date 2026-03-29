--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9585", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9585", "MATERIAIS DIVERSOS - BOMBA, FILTROS, VÁLVULAS, RELES E OUTROS   -  VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9422", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9422", "TRATOR CASE MXM 240 Frota: 862, Ano: 2005, Sem eixo dianteiro, 2 pneus traseiros ruins, Sem motor, Chassi: Z4CF02530, Sem retrovisor, Bitola traseira aberta, 33.276 horas trabalhadas, Pode faltar peças e alguns componentes. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9423", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9423", "TRATOR CASE MXM 240 Frota: 853, Ano: 2003, 4 Pneus ruins – sendo 2 Diant. Furados e 1 Trasei. Esq. Furado; Chassi: HCC0028334, N° Série: MX24040188; Sem motor, Sem porta, Sem retrovisores, Apresenta falta de muitas peças na cabine, Teto solto (desmontado); 22.215 horas trabalhadas; Pode faltar peças")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9591", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9591", "MATERIAIS DIVERSOS - ROLAMENTOS, ESCOVAS   -  VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9592", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9592", "MATERIAIS DIVERSOS - EIXO, ANEL E OUTROS   -  VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9596", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9596", "MATERIAIS DIVERSOS - EIXO, POLIA, VOLTÍMETRO E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9424", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9424", "PLOTTER DESIGNJET HP1050 PLUS ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9443", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9443", "TOYOTA COROLLA ALTIS, FLEX, 2014/2015, IPVA 2017 PAGO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9447", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9447", "TRÊS GARRAS HIDRÁULICAS CANAVIEIRA MOTOCANA MODELO: GH 12,5;")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9446", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9446", "4 BOMBAS INJETORAS MOTORES  DS 11 (Colhedora Case A- 7700)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9448", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9448", "TALISCAS DE BORRACHA (TRÊS PALETES)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...202 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9444", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9444", "FIAT LINEA ABSOLUTE, CAMBIO: AUTOMÁTICO, ANO/MOD:: 2015/16, COR – PRATA, COMBUSTÍVEL: FLEX, IPVA 2017 PAGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9445", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9445", "TOYOTA COROLLA ALTIS, ANO: 2014/2015, COR PRETA, COMBUSTÍVEL: FLEX,  , IPVA 2017")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>