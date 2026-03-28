--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137183", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137183", "[ VÍDEO ] CAMINHÃO DE BOMBEIRO MERCEDES BENZ 2624. ANO 1975. TRAÇADO. ORIGINAL.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137166", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137166", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137176", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137176", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 938G. ANO 2005")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138468", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138468", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137188", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137188", "[ VÍDEO ] MOTONIVELADORA VOLVO. MOD. G710. ANO 2005. MOTOR CUMMINS 6CC")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>234.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139580", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139580", "[ VÍDEO ] RETROESCAVADEIRA JCB MOD. 3CX 4X4. ANO 2011")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137174", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137174", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO 1994. ACOMPANHA TAMBOR LISO E PATA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137177", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137177", "PRANCHA REBOQUE GOYDO. ANO 1997")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137175", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137175", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137180", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137180", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 140G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137172", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137172", "[ VÍDEO ] ROLO COMPACTADOR TEMA-TERRA. MOD. SPVC 68. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137182", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137182", "[ VÍDEOS ] JPX / MONTEZ STD MILITAR. ANO 1996. DIESEL. MOTOR MWM 2.8 (REGULARIZADO). TRAÇÃO 4X4. GUINCHO. DOCUMENTAÇÃO EM ORDEM. FUNCIONANDO.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137178", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137178", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 12G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137179", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137179", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>188.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137184", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137184", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D6T XL. ANO 2011. APROX. 11.000 HORAS. 2º DONO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>450.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137189", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137189", "[ VÍDEOS ] MOTONIVELADORA YTO MOD. MG 1217 A. ANO 2014. MOTOR CUMMINS TURBO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137181", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137181", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 930T ANO 1995 - TRANSMISSÃO CAT-BOMBA BOSCH -MOTOR C /PLACA ESPASSADOR/ BICO CANETA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139489", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139489", "[ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580M 4X4. ANO 2007")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>137.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139490", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139490", "PÁ CARREGADEIRA MICHIGAN. MOD. 75III. ANO Aprox. 1980")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137186", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137186", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D4RESR (câmbio). ANO 1995.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137187", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137187", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 55C. ANO 1998")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137171", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137171", "CONCHA CATERPILLAR")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...121 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137169", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137169", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137173", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137173", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...313 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137167", "037")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137167", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137168", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137168", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>