--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137293", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137293", " CAÇAMBA COMPACTADORA DE LIXO USIMECA; CAP.: 6 M³; ANO: 2015")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137290", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137290", " CAMINHÃO (C/ EQUIPAMENTO) VW 10.160 4X2; ANO/MODELO: 2014/2015; DIESEL; PL.: FRW-6401; CH.: 9531M62P1FR512873; RENAVAM: 1037796079; . OBS.: COM CAÇAMBA COMPACTADORA DE LIXO USIMECA; CAP. 6M³; ANO: 2015.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137294", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137294", " CAMINHÃO VW 8.160 4X2; ANO/MODELO: 2016/2017; DIESEL; PL.: FNR-2932; CH.: 9531M52P6HR706991; RENAVAM: 1111145536; KM: 91637. OBS.: FECHADA/MECANISMO OPERACIONAL,  PLATAFORMA ELEVATÓRIA.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137296", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137296", " CAMINHÃO VW 8.160 4X2; ANO/MODELO: 2016/2017; DIESEL; PL.: FKC-0A26; CH.: 9531M52P2HR706969; RENAVAM: 1111146222; KM: 86750. OBS.: FECHADA/MECANISMO OPERACIONAL,  PLATAFORMA ELEVATÓRIA.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137295", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137295", " CAMINHÃO VW 8.160 4X2; ANO/MODELO: 2016/2017; DIESEL; PL.: FBM-4842; CH.: 9531M52P4HR709095; RENAVAM: 1111148306; KM: 84860. OBS.: FECHADA/MECANISMO OPERACIONAL,  PLATAFORMA ELEVATÓRIA.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137291", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137291", " CAMINHÃO VW 8.160 4X2; ANO/MODELO: 2016/2017; DIESEL; PL.: FPK-3089; CH.: 9531M52P0HR709126; RENAVAM: 1111146036; KM: 101821. OBS.:FECHADA/MECANISMO OPERACIONAL,  PLATAFORMA ELEVATÓRIA.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137292", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/137292", " CAMINHÃO VW 8.160 4X2; ANO/MODELO: 2016/2017; DIESEL; PL.: FYP-5571; CH.: 9531M52P5HR706528; RENAVAM: 1111145099; KM: 97345. OBS.: FECHADA/MECANISMO OPERACIONAL,  PLATAFORMA ELEVATÓRIA.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>