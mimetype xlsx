--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2235 +269,1959 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139112", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139112", "Empilhadeira komatso 4 toneladas automático motor Nissan")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139052", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139052", " Serra Circular, meia esquadria EMMEGI 400 – 3,6 Cv. – 120 Kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139059", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139059", " Torno NARDINI de Correia (Antigo) Barramento 1,5 metro – 400 Kg.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139054", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139054", " Serra Alumínio Meia esquadria TORRE – 1,5 CV – 75 Kg –")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139058", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139058", " Serra Alumínio Meia Esquadria SERRAL – IMC – 1,5 CV – 85 Kg")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139056", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139056", " Serra Alumínio Meia Esquadria FELAP – 1,5 Cv – 75 Kg –")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139068", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139068", " Furadeira de Coluna Radial Ø 5/8” IMC – 1,0 Cv – 150 Kg")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139055", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139055", " Serra Circular Tipo Pendulo para perfis Metálicos (Alemanha) disco Ø 20” (508 mm) 7,5 CV")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139051", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139051", " Compressor Wayne Reservatório 230 L – 12,2 Kgf/cm2 – 5 CV – 200 Kg")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139053", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139053", " Lixadeira tipo cinta de bancada – IMC – 1,0 Cv")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139057", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139057", " Pantógrafo de bancada p/ perfis de Alumínio – 0,25Cv – 60 Kg –")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139063", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139063", " Policorte para metais disco abrasivo Ø 12” (Ø 300 mm) 5 Cv. – 75 Kg")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139061", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139061", " Prensa excêntrica de Bancada (1,5 T) – 1,0 Cv. – 350 Kg")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139060", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139060", " Furadeira de bancada SCHULZ – Ø 13 mm – 0,5 Cv – 60 Kg –")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139066", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139066", " – Máquina de Solda Mig Wirematic 255 – LINCOLN – 220 V Monofásica – 110 Kg - Acompanha tocha e Regulador Mistura/ArgônioSem cilindro.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139077", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139077", " Máquina de Solda Mig SAFMIG 320BL – Trifásica – 140 Kg - Acompanha tocha e Regulador Mistura/Argônio.Sem cilindro")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139062", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139062", " Máquina de Solda Mig SOLMIG 370 – Trifásica – 120 Kg - Acompanha tocha e Regulador Mistura/ArgônioSem cilindro.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139078", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139078", " Máquina de Solda Mig Wirematic 255 – Lincoln – Monofásica – 110 Kg - Acompanha tocha e Regulador Mistura/ArgônioSem cilindro.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139067", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139067", " Compressor SCHULZ Mod: MS – V 15 / 230 3 Cv. – 120 Lbs – 150 Kg")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139081", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139081", " Retificador de Solda TRR 400 B-71 – BambozziTrifásico – 220 Kg")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139065", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139065", " Furadeira de bancada c/ cabeçote rosqueador – 0,5 Cv. – 60 Kg")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139064", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139064", " Inversor de solda TIG – 250S Barbosa – 220 V Monofásico – 25 Kg - Acompanha Tocha Seca- Regulador mistura / Argônio- Sem cilindro.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139084", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139084", " Fonte plasma Babosa 30 A. – 220 V trifásico – 50 Kg – Acompanha tocha mod. S-75 – 5 metros.- Secador de ar Airpoint (sem pastilhas).")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139075", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139075", " Serra Circular p/ Metais Disco 20” (Pendulo) – 7,5 CV – 220 V trifásico")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139069", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139069", " Plaina Limadora – 220 Trifásico 5 Cv. - ~600 Kg")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139071", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139071", " Fresadora Boscheiro – 5 Cv. - ~450 Kg.- 220 V.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139094", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139094", " Torno Mecânico Oficina 420 – ~550 Kg")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139100", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139100", " Bancada de rebarbação 2 Postos – 0,25 Cv. – 220 V. Trif. - ~50 Kg.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139073", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139073", " Exaustor New Japan com 4 mangas filtrantes – 220 V. – 3 Cv. - ~70 Kg")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139085", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139085", " Talha elétrica 300/600Kg – 220 V. (mono) - ~30 Kg")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139089", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139089", " Dobradeira manual 600 x 1,2 mm - ~40 Kg")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139079", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139079", " Calandra de Perfil 1.1/2” x 1.1/2” x 3/16” 3 Cv. - ~180 Kg")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139093", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139093", " Bordeadeira Elétrica – 0,25 Cv. – 220 V. Trif. ~40 Kg")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139090", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139090", " Lote de Extintores diversos – 15 Pçs /CO2 – 6 Kg – 02 Pçs/Água Pressurizada 10 Litros – 06 Pçs/Pó Quimico 4 Kg – 05 Pçs/Pó Quimico 6 Kg – 01 Pç/ Pó Quimico ABC 4,5 Kg – 01 Pç// Todos Vencidos.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139070", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139070", " Torno NARDINI de Correia (Antigo) Barramento 1,5 metro – 400 Kg.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139092", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139092", " Extrusora 60mm com cabeçote para fabricar chapas de ps ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139083", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139083", " Retifica cilíndrica 1000x400mm")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139087", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139087", " Torno automático a25")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139095", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139095", " Fresadora ferramenteira iso 40")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139098", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139098", " Retífica Plana ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139080", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139080", " Retifica plana ferdmat 600x400")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139088", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139088", " Lote com: 2 inversores de frequência cfw08 e cfw09")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139074", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139074", " Eletroerosão altec ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139072", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139072", " Motoserra a gasolina")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139091", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139091", " Retifica cilíndrica")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139086", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139086", " Torno mascote nardini")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139076", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139076", " Retifica centerless cnc vertical")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139099", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139099", " Lote com: 2 furadeira rosqueadeira Sanches Blanes fc35")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139082", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139082", " Lote com: 2 torno revolver Iran 1.1/2 de passagem")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139096", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139096", " Fresadora ferramenteira tosfn32")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139097", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139097", " Torno mecânico joenvile j35")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139101", "086")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139101", " Máquina para encher bichinho de pelúcia")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139102", "108")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139102", " Ferramentas de injeção e estamparia para fabricação de chaves de fenda philips - fábrica Facito")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139103", "154")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139103", "Caçamba de Poli guindaste")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139104", "160")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139104", "Lote com: 2 uni. bombas de vácuo de paleta selovac seg 250")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139105", "170")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139105", "Lote com: 2 uni. tornos revolver e mecânico imor r400ii ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139106", "173")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139106", "Lote com 100uni. de pinças para torno automático ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139107", "174")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139107", "Autoclave")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139108", "189")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139108", "Lote com: 13uni. armários de madeira e fórmica")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139109", "191")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139109", "Forno de indução - Indufor - dupla bacia")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139110", "193")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139110", "Painel para eletroerosão mm 60 EDM engespark")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139111", "194")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139111", "Fresadora portal alo mesa 2.50 metros ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139113", "195")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139113", "Lote com: 13 unidades de Politriz de 5cv - 3.500rpm - Marca REBEL")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139114", "197")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139114", "Rosqueadeira para 4 polegadas tarnow")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139115", "198")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139115", "Fresadora de bancada ferramenteira")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139116", "200")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139116", "Furadeira magnética tecnew")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...132 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...116 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139117", "201")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139117", "Medidor de camadas de pintura")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...1758 lines deleted...]
-      </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139118", "202")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139118", "Lote com: 2 unidades de  parafusadeira Milwaukee m18")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139119", "203")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139119", "Chanfradeira")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>