--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138264", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138264", "[Vídeo] Caminhão Mercedes L1418E -  Ano 1993  - Diferencial rockwell 240 (reduzido) - Suspensor de Truck ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138265", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138265", "[vídeo] CAMINHÃO MB AXOR 1933 PLATAF.; ANO/MODELO: 2009/2009; DIESEL; KM: 39100; PL: NNT3D96 ; CH: 9BM9582079B670111: ; RENAVAM: 00166096318 ; OBS.: COM EQUIP.MUNCK RODOMAQ GHR-25000 E PLATAFORMA DE 6,2 M NO ESTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138266", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138266", "Caminhão MB 1113  58/59 Com munck 3.5 ton - lança - Carroceria aprox. 7m - Dir. hidráulica - turbinado - Lança hidráulica")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138268", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138268", "[vídeo] Caminhão MB 1718 A - 1999 Com equipamento ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138269", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138269", "Caminhão Iveco ECCURSOR 450 2010 - Somente cavalo - com equipamento")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>137.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138267", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138267", "Hyundai HR LDB 2008/2009 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138279", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138279", "Caminhão Iveco - Daily 3520 - 2002 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138303", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138303", "Carreta tanque Random 1982 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138304", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138304", "Carreta tanque Rodoviaria 1980 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138270", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138270", "Semi-Reboque Guerra - carroceria aberta - 1986 ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138280", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138280", " Prensa de lixo - Roll-on - Somente equipamento prensa")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138271", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138271", "Retroescavadeira Case - 580H - 4x2 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138275", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138275", "Retroescavadeira Caterpillar - Mod. 416 - 2003 - 4x2 - Funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138273", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138273", "[Vídeo] -  Motoniveladora Patrol Cat 120B - 6 cilindros ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138278", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138278", "Retroescavadeira Case 580L 4x2 - Motor Cummins - com martelete ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138274", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138274", "[ Vídeo ] Empilhadeira Clark 2006 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138272", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138272", " Empilhadeira AUSA - cap. de carga aproximadamente 1300kg - ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138276", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138276", "[ Vídeo ] Empilhadeira Hyster -  Modelo XL80Ano 99 Diesel motor Maximum - Cap 4 ton.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138277", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138277", "Empilhadeira Clark CMP50SD Diesel  ano 2009  Cap 5 ton.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138299", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138299", "[ vídeo] Empilhadeira - Clark  c-300 Cap 2,5 Ton  - Motor diesel")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138283", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138283", " [Veja vídeo] Gerador cat 50 kva cabinado - ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138295", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138295", " Gerador 250/275 kva  motor mwm v12 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138287", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138287", "Moinho de plástico ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138288", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138288", "Moinho de martelo")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138285", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138285", "Moinho martelo - motor 20cv  - Para reaproveitamento")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138302", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138302", " Moinho de plástico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138296", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138296", " Peneira vibratória seletiva")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138281", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138281", " Peneira vibratória industrial ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138298", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138298", "Caldeira gerador de vapor - 2002 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138293", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138293", "Caldeira ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138300", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138300", " Britador")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138301", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138301", " Britador")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138289", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138289", "Exaustor Industrial")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138284", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138284", " Furadeira De bancada Radial")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138292", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138292", " Tupia")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138297", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138297", " Tanque chorumeira")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138282", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138282", " Grua Munck - Guindauto - 2010 - ECO mod. 10.000 - Duas lanças Hidráulicas  - Para reaproveitamento")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138291", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138291", " Prensa Hydrauma")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138290", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138290", "Baú Melosa com conjunto Hidráulico ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138294", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138294", " Unidade Hidráulica - Motor 7,5 cv")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138339", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138339", "[Vídeo] Trator de esteira cat D4D funcionando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138340", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138340", "Troller T4 TDI 3.0 2005/2006 - Lift de suspensão - difusor eletrônico")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138540", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138540", "Citroen Jumper M33M 2.3 2014/2014 - Necessário 2 transferências ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138541", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138541", "Ônibus Iveco Cityclass 70C17 - 2012/2013")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139125", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139125", "Munck com comando de 6 saídas  Acompanha bomba hidráulica capacidade Max. 3500 kg no pé")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...430 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...734 lines deleted...]
-      </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139126", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139126", "Tanque chorumeira para caminhão ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>