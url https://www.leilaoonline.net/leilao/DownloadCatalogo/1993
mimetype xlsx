--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,2779 +269,2435 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139690", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139690", "MOTOR MERCEDES BENS 366 PARCIAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139685", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139685", " PISTAO DA LAMINA DO D8L ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139235", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139235", "[ VÍDEO ] EIXO DIFERENCIAL DIANTEIRO RK 430")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139236", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139236", " TORRE EMPILHADEIRA YALE 90VX PARA 4,5 TONELADAS TRIPLEX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139684", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139684", " COMANDO HIDRAULICO VOLVO EC480")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139687", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139687", " BLOCO CAT 3406 4N6019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139239", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139239", " EIXO DIFERENCIAL DANA  DIANTEIRO EMPILHADEIRA YALE 155VX PRA 7,5 TD")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139238", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139238", " MOTOR NISSAN COM DIFERENCIAL E CAMBIO P EMPILHADEIRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139686", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139686", " BLOCO CAT 3306 C/ PLACA 7N5456")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139240", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139240", " EIXO DIFERENCIAL DANA  DIANTEIRO EMPILHADEIRA YALE 190VX PRA 9,5 TD")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139688", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139688", " 02 UNIDADES DE RABICHO PRA TRATORES DE ESTEIRAS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139268", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139268", " COMPRESSOR SULLAR MOTOR PERKINS 4 CILINDRO OPERACIONAL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139689", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139689", " PAR DE PISTAO DA DIRECAO DO MOTO SCRAP 621S")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139243", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139243", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139249", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139249", " EIXO DIFERENCIAL TRASEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139247", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139247", " EIXO DIFERENCIAL TRASEIRO EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139244", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139244", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139245", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139245", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 50VX")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139237", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139237", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139248", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139248", " 02 EIXOS DIFERENCIAIS TRASEIROS DE EMPILHADEIRA 50VX E 90VX")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139241", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139241", " CABINE EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139246", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139246", " TORRE EMPILHADEIRA YALE 90VX PARA 4,5 TONELADAS TRIPLEX")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139713", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139713", " PISTÃO DE LEVANTAMENTO DE CAÇAMBA DO RK 425 E 430")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139242", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139242", " LANÇA DE EMPILHADEIRA DE 1,80MT")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139251", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139251", " TORRE EMPILHADEIRA YALE 155VX PARA 7,5 TONELADAS TRIPLEX")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139264", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139264", " PISTÕES DIVERSOS PRA TORRE DE EMPILHADEIRA ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140324", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140324", "CAMINHÃO FORA DE ESTRADA RANDON RK 425. ANO 1982. MOTOR SCANIA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139715", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139715", " ROLO DINAPAC CP132 SERIE 726B146 NÃO OPERACIONAL")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139254", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139254", " TORRE DE EMPILHADEIRA 190VX DUPLEX")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139266", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139266", " TORRE DE EMPILHADEIRA TRIPLEX 5 TONELADA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139250", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139250", " TORRE DE EMPILHADEIRA  DUPLEX 4 TONELADA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139261", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139261", " TORRE DE EMPILHADEIRA  TRIPLEX 5 TONELADA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139256", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139256", " TORRE DE EMPILHADEIRA COM DIFERENCIAL DIANTEIRO E GARFO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139262", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139262", " TORRE DE EMPILHADEIRA COM MESA E GARFO TRIPLEX ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139253", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139253", " TORRE  DE EMPILHADEIRA YALE 190VX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139258", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139258", " SERRA DE MADEIRA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139259", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139259", " CAIXA D'ÁGUA AZUL 10.000 LITROS TIPO TAÇA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139286", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139286", "CAIXA D'ÁGUA MARRON 10.000L. MATERIAL: POLIPROPILENO   ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139714", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139714", " MOTOR CUMMINS SERIE B 4 CILINDRO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140323", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140323", "MOTOR CATERPILLAR 3306. OPERACIONAL")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140330", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140330", " PAR DE PNEUS MEDIDA 8.25 X 15")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140329", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140329", " EIXO DIANTEIRO EMPILHADEIRA DE 7 TONELADAS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140326", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140326", " CUBO DO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139263", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139263", "CABINE CASE CX220")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140327", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140327", " PACOTE DO DIFERENCIAL DIANTEIRO COM EIXO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139252", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139252", " MOTOR CUMMINS QSB3,3 4CILINDRO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140328", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140328", " TANQUE HIDRAULICO  MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139260", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139260", " MOTOR CUMMINS ELETRONICO 6 CILINDRO NO ESTADO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139257", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139257", "TRANSMISSÃO ZF 4WG210 SERIE 2038818 COM CONVERSOR DE TORQUE")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139265", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139265", " ROLETES 15 INFERIORES E 2 SUPERIORES CASE CX 240")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140331", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140331", " PAR DE PISTÕES DO CAIXOTE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139255", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139255", "02 PNEUS PARA RK 425 E 430 16.00R25")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139270", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139270", " EIXO DE CAMINHÃO MERCEDES COM 3 RODAS MODELO 1.500")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140332", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140332", "CABINE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139269", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139269", " CABINE YALE EMPILADEIRA 155VX NO ESTADO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139271", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139271", " 03 PNEUS COM RODA DA EMPILHADEIRA YALE 90VX  250-15")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139272", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139272", " 02 PNEUS COM RODA PARA EMPILHADEIRA ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139273", "061")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139273", "EIXO DIFERENCIAL EMPILHADEIRA YALE DE 7 TONELADAS. SEM PNEUS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139279", "062")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139279", " MAQUINA SHANTUY  SD16 DESMONTADA ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139275", "063")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139275", " MOTOR SCANIA PARCIAL SD11")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139283", "064")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139283", " MOTOR SCANIA NO ESTADO DS11")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139274", "065")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139274", " MOTOR SCANIA DS11 NO ESTADO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139277", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139277", " MOTOR MERCEDES BENS OM447 LA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139284", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139284", " MOTOR SCANIA 111 COM CAMBIO ACOPLADO ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139278", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139278", " MOTOR CUMMINS SMALL CAM ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139280", "071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139280", " ROLO COMPACTADOR MOD. SPV68 ANO 86. MOTOR MWM COMPLETO PORÉM DESMONTADO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139281", "072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139281", " LAMINA E U SHANTUY SD16 OU D65")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139282", "073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139282", " PORTA CAT 320")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139276", "074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139276", " PORTA CASE CX 220")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139285", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139285", " PÁ CARREGADEIRA  MAHPEX XV350K ANO 2014")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139289", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139289", "TRANSMISSÃO CATERPILLAR 950F, 936FE 960F")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139288", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139288", " PAR DE DIFERENCIAL CAT 950F")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139291", "081")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139291", " CABINE 950F")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139287", "083")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139287", " EIXO DIFERENCIAL PARA EMPILHADEIRA TOYOTA DE 12 TONELADS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139292", "087")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139292", "[ VÍDEO ] PERFURATRIZ ATLAS COPCO FLEXIROC T35 ANO 2012 COM APROX. 20.199 HORAS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>390.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139295", "091")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139295", " 03 PNEUS 29,5 X29")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139294", "092")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139294", "DIFERENCIAL TRASEIRO DESMONTADO 924G")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139296", "093")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139296", " 04 RODAS 255/55 ARO 18")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139293", "094")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139293", "MANIPULADOR TELESCÓPICO JCB TH 535-125 ANO 2011")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139300", "097")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139300", " CONCHA ESCAVADEIRA CAT 336")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139297", "098")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139297", " CONCHA ESCAVADEIRA CAT 374")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139299", "099")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139299", " REDUTOR TARTARUGA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139298", "100")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139298", " MOTOR BOMBA DRAGA PERKINS ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139302", "102")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139302", "PAR DE TRUQUE DO D6")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139301", "103")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139301", " LÂMINA DO D6")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...2494 lines deleted...]
-      </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139303", "104")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139303", " GUINCHO D7 ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>