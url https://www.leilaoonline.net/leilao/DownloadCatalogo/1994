--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,4091 +269,3583 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138375", "889")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138375", "1 MOTOR WAG W22 PLUS  20 C.V 1.175 RPM 220/380/480  1 MOTOR 5CV 1 MOTOR 2,5CV. - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138383", "891")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138383", "2 MOTORES WAG 5C V 3.500 RPM COM BOMBA ACOPLADA - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139137", "892")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139137", "10 MOTORES E OUTROS. - SEVERÍNIA/SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138371", "893")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138371", " CHAVE DE PARTIDA COMPENÇADORA PARA 25 C.V 380 A OLEO   PÇS ELETRO/ELETRICAS - LOC: SEVERÍNIA/SP  ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138380", "896")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138380", "1 SOPRADOR COM MOTOR 12,5CV, TENSÃO 220/380. - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138395", "897")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138395", " 15 MESAS E 90 CADEIRAS- LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139712", "900")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139712", "CITROEN JUMPER FG L3H2, ANO 2021/2022. - LOC. SEVERÍNIA/SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138386", "939")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138386", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP   ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138419", "941")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138419", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138408", "942")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138408", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP   ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138350", "943")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138350", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138414", "944")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138414", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138423", "946")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138423", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP  ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138373", "948")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138373", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP  ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138416", "949")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138416", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138378", "950")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138378", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS - LOC: SEVERINA/SP  ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138367", "951")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138367", " 3.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS  - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138364", "1345")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138364", " CARRINHO TROLHER 2 EIXO PARA EQUINOS E MUARES - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138370", "1346")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138370", " FATIADOR ELETRICO FRIOS (AUTOMÁTICO) SEM USO - LOC: SEVERÍNIA/SP  ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138448", "1347")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138448", " IMPRESSORA 3 CORES ( SARTORO) P/ escanear . - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138341", "1348")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138341", " IMPRESSORA 1 COR (HECFIL) P/ ESCANEAR. - LOC. SEVERÍNIA/SP ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138365", "1349")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138365", " FILIGRANA PARA COSTURA DE CINTOS E ELEVAÇÃO DE COURO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138360", "1350")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138360", " MAQUINA DE COSTURA (SUNSTAR) - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138377", "1351")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138377", " BANCADA PARA BUFFET QUENTE, WOOD-INOX (SEM USO) - LOC: SEVERÍNIA/SP ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138415", "1352")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138415", " IMPRESSORA 1 COR (HECFIL) P/ ESCANEAR/OUTROS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138354", "1353")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138354", " BANCADA PARA BUFFET FRIO; WOOD-INOX (SEM USO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138348", "1354")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138348", " ESTUFA PARA MARMITAS, METALNOX (SEM USO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138388", "1355")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138388", " 1 EMBREAGEM, 1 ENGATE, 1 BOMBA E 2 ENGRENAGEM; MASSEY E VALMET. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138405", "1356")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138405", " ESTUFA PARA MARMITAS, METALNOX (SEM USO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138353", "1357")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138353", " MAQUINA PARA CORTE DE TECIDOS MCT-700; METALNORTE. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138376", "1358")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138376", " STRECHADEIRA SEM USO (PLASTIFICADORA/EMBALADORA). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138391", "1359")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138391", " 11 CONTAINERS 1BC 1000 LITROS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138381", "1360")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138381", " MAQUINA LAVADORA DE 100KG. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138385", "1361")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138385", " CALDEIRA COM QUEIMADOR RIELLO F58 (GAS/OLEO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138413", "1362")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138413", " TANQUE INOX 3.000 LITROS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138372", "1363")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138372", " TRANSPORTADOR HELICOIDAL COM MOTOR E REDUTOR APROX. 4 MTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138374", "1364")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138374", " TRANSPORTADOR HELICOIDAL COM MOTOR E REDUTOR INOX; APROX.2MTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138369", "1365")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138369", " CALDEIRA 10KG DE PRESSÃO (OLEO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138359", "1366")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138359", " CONJUNTO DE ESTEIRAS COM MOTOR E REDUTOR; 13,2 METROS ( CADA MOD. COMP.4,40). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138342", "1367")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138342", " 1 PLATAFORMA DE ELEVAÇÃO PARA DESCARGA DE 18 METROS AZUL. (CILINDRO NÃO FAZ PARTE DO LOTE). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138345", "1368")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138345", " 1 PLATAFORMA DE ELEVAÇÃO PARA DESCARGA DE 21 METROS AMARELA (20.000 kg). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138368", "1369")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138368", " 5 CILINDRO P/190 (BOTIJÃO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138349", "1370")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138349", " TROCADOR CALOR COM MOTOR VORGES, 7,5V, 880 RPM 220/380. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138358", "1371")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138358", " 2 TROCADORES DE CALOR - MODELO 12 300; RENO 5K. - LOC: SEVERÍNIA/SP   ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138366", "1372")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138366", " 1 TANQUE DE INOX 2.000 LITROS E 2 BARRAS DE CANO INOX 304 - 2M. E 4,5 M. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138355", "1373")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138355", " 2 CABINES E 3 PARACHOQUES PARA TRATORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138347", "1374")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138347", " FILIGRAMA PARA COSTURA DE CINTOS E ELEVAÇÃO COURO; DURKOPP ADLER. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138343", "1375")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138343", " 1 MOEDOR DE PLASTICO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138379", "1376")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138379", " 220 BARRAS DE CANO GALVANIZADOS COM ROSCA (3 METROS CADA PESANDO APROXIMADAMENTE 14 KILOS). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138390", "1377")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138390", " 15 CANTONEIRAS GALVANIZADAS (8 E 6 METROS). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138344", "1378")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138344", " 1 CONCHA PARA PA CARREGADEIRA - CAPACIDADE 9 M/3 (950). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138362", "1380")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138362", " 2 PÉS DIREITO PARA OUTDOOR - 9,20 METROS; 3M.M. - LOC: SEVERINA/SP")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138363", "1381")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138363", " 8 ESTRUTURAS METÁLICAS U, DE 10M. - LOC: SEVERINA/SP")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>7.050,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138450", "1382")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138450", " 12 ESTRUTURAS METALICAS DE 9,5 METROS (2 POLEGADAS). - LOC: SEVERINA/SP")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138346", "1383")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138346", " 2 MESAS COM MOTOR E REDUTOR ACOPLADOS. - LOC: SEVERINA/SP")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138351", "1384")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138351", " 1 BETONEIRA E 1 PALETADEIRA . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138398", "1385")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138398", " FOGÃO INDUSTRIAL 6 BOCAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138352", "1386")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138352", " REDUTOR DUPLO DE  ALTA PARA BAIXA; MOTOR 5 C.V   1.725 RPM 220/380. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138356", "1387")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138356", " 2 BALANÇAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138392", "1388")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138392", " FILTRO CIP DE INOX. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138402", "1389")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138402", " CARRETINHA 1 EIXO PARA VEICULOS. (VENDA SEM DOCUMENTO). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138400", "1390")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138400", " CARRINHO DE 1 EIXO PARA EQUINOS E MUARES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138387", "1391")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138387", " 20 VENTILADORES COM MOTORES . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138421", "1392")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138421", " 21 VENTILADORES COM MOTORES . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138444", "1393")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138444", " MOTOR DE VENTILAÇÃO EBERLE 25 C.V 1760 RPM TENSÃO 220/380/440/760. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138451", "1394")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138451", " 190 METROS DE CORRENTE DE ELEVAÇÃO COM TROLLER  P/LINHA AEREA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138440", "1395")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138440", " MAQ. LAVAR ROUPA E PEÇAS E COMPONENTES DE AR CONDICIONADO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138443", "1396")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138443", " 2 CARRINHOS DE INOX E UMA MESA DE INOX. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138361", "1397")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138361", " GERADOR DE ENERGIA DE 800 KVA 380-220V. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>28.900,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138420", "1398")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138420", " 1 PLATAFORMA ELEVATÓRIA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>40.200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138418", "1399")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138418", " MOTOR COM BOMBA KSB 40 CV, TENSÃO 220/380/440 (PAROU FUNCIONANDO) C/ BASE. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138357", "1400")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138357", " 1.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138384", "1401")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138384", " 1.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138382", "1402")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138382", " 1.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138435", "1403")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138435", " 1.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138407", "1404")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138407", " 1.000 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138410", "1405")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138410", " 500 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>11.300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138393", "1406")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138393", " 500 BIG BAGS 90X90X150 GRAMATURA 220 BRANCO COM LOGOMARCA E HIGIENIZADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138411", "17270")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138411", " 1 ATONIZADOR SMC 4000 LTS (PULVERIZADOR). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138417", "17271")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138417", " 2 TRITURADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138399", "17272")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138399", " TANQUE 2.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138389", "17273")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138389", " PULVERIZADOR JACTO 4.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138394", "17274")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138394", " CARRETA ADUBADEIRA TATU. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138432", "17275")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138432", " 5 ROÇADEIRAS E PARTES DIVERSAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138403", "17276")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138403", " 2 ROÇADEIRAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138397", "17277")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138397", " 3 ADUBADEIRAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138460", "17278")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138460", " 3 ADUBADEIRAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138409", "17279")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138409", " 1 PULVERIZADOR KO 4.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138404", "17280")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138404", " 3 TANQUES DE ALON. E 3 CHASSIS PARA USO DIVERSOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138412", "17281")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138412", " 2 TRITURADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138396", "17282")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138396", " PLANTADEIRA TATU. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138401", "17283")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138401", " CARRETA TANQUE DE FIBRA 2.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138426", "17284")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138426", " TANQUE DE AÇO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138406", "17285")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138406", " 2 TRITURADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138441", "17286")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138441", " PULVERIZADOR KO 4.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138442", "17287")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138442", " PULVERIZADOR KO 2000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138438", "17288")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138438", " ROÇADEIRA TRIPLA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138439", "17289")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138439", " PULVERIZADOR KO 4.000 LTS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138422", "17290")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138422", " 1 ROÇADEIRA E 1 PARTE. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138425", "17291")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138425", " 2 IMPLEMENTOS CONCHA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138436", "17292")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138436", " ROÇADEIRA . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138437", "17293")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138437", " PODADEIRA ISLO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138433", "17294")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138433", " 1 ARADO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138454", "17295")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138454", " 1 ARADO . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138427", "17296")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138427", " 19 PNEUS USADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138445", "17297")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138445", " 2 ARADOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138452", "17298")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138452", " 1 PODADEIRA ISLO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138428", "17299")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138428", " 1 PODADEIRA KAMAR. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138447", "17300")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138447", " 2 CULTIVADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138457", "17301")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138457", " 1 BENEFICIADORA DE GRÃOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138429", "17302")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138429", " 3 MOTORES GERADORES YANMAR. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138464", "17303")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138464", " 2 TRITURADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138424", "17304")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138424", " 7 MACACOS HIDRÁULICO E 2 PALHETADEIRAS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138453", "17305")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138453", " 2 CARRETAS SERVIÇOS DIVERSOS (SOMENTE CARRETAS) . - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138430", "17306")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138430", " 1 GRADE E 1 ARADO. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138431", "17307")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138431", " 2 SULCADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138455", "17308")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138455", " 2 ALEIRADORES. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138463", "17309")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138463", " ROÇADEIRA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138459", "17310")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138459", " SUCATA DE PEÇAS (APROX.1500KG) (VENDA POR LOTE ). - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138461", "17311")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138461", " GRADE ARADORA. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138446", "17312")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138446", " 10 PARALAMAS DE TRATOR. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138456", "17313")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138456", " 1 TRITURADOR. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138462", "17315")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138462", " 30 MOTORES ELÉTRICOS. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138458", "17316")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138458", " MOTOR AGRALE. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138434", "17317")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138434", " 1 MOTOR AGRALE. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138449", "17318")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138449", " TRITURADOR. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138465", "17319")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138465", " 1 GAIOLA BOIADEIRA P/CARRETA MED.3,30X1,85. - LOC: SEVERÍNIA/SP")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>