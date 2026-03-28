--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138927", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138927", " CAMINHÃO VOLVO FH 540 6X4 T, ANO 2018/2018. - EQP. 104828. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>445.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138882", "100")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138882", " 2 CAÇAMBAS TRASEIRA DA SAVEIRO. - LOC. SANTA ALBERTINA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138914", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138914", " PLANTADORA/DISTRIB. CANA ANTONIOSSI, ANO 2011/2011. - EQP. 8662. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138926", "102")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138926", " PLANTADORA/DISTRIB. CANA ANTONIOSSI, ANO 2011/2011. - EQP. 8660. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138918", "103")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138918", " SUCATA DE  CARROCERIA TRANSBORDO DESMONTADO. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138924", "104")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138924", " 5 CARROCERIAS TRANSBORDO. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138921", "105")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138921", " SUCATAS DE CAMPANAS. - 26.800KG (VENDA POR KILO) - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138906", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138906", " APROX. 130 SUCATAS DE CUBOS DE CARRETAS. - LOC. SANTA ALBERTINA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138908", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138908", "328 ITENS. - 159 SUCATAS DE RODAS 1100X22 / 140 AROS DAS RODAS/ 29 RODAS 1000X20. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138911", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138911", "SUCATAS DE BOMBAS -  APROX. 49 PEÇAS (CONTAINERS PLÁSTICOS). - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138859", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138859", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2008/2008. - EQP. 104621. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138913", "111")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138913", " SUCATA DE PLÁSTICO DIVERSOS. - 490 KG (VENDA POR KILO) - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>49,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138867", "112")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138867", " TRATOR VALTRA BM 110 4X4, ANO 2006/2006. - EQP. 505439. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>124.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138883", "113")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138883", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2008/2008. - EQP. 104631. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138846", "114")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138846", " CAMINHÃO MERCEDES BENZ 2423B/36, ANO 2005/2005. - EQP. 312550. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138876", "115")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138876", " PLATAFORMA HIDRO ROOL. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138899", "116")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138899", " PLANTADORA/DISTRIB. CANA ANTONIOSSI, ANO 2011/2011. - EQP. 8657. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138854", "117")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138854", " CAMINHÃO MERCEDES BENZ 2423K/36 B, ANO 2001/2001. - EQP. 312504. - LOC.PALESTINA/SP")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>117.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138922", "118")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138922", " CAMINHÃO MERCEDES BENZ 2423K, ANO 2001/2001. - EQP. 312507 - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138904", "119")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138904", " 2 TRANSBORDOS SERMAG SMR 10000 (REB. TRATOR) ANO 2008/2008. - EQP. 142028 E 142029 . - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138887", "120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138887", "SUCATAS DE PARALAMAS DIANTEIRO VALTRA APROX. 30 PEÇAS - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138881", "121")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138881", "SUCATAS DE CUBOS DE CARRETA   APROX. 190 PEÇAS - LOC PALESTINA/SP ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138872", "122")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138872", " SUCATA DE FACÃO COLHEDORA. - 19.500KG (VENDA POR KILO) - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>42.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138897", "123")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138897", " SUCATA DE ROLETES COLHEDORA DE CANA. - 8000KG (VENDA POR KILO). - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138917", "124")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138917", "SUCATAS DE SOBRA TAMPA DISTRIBUIDORA E RAMPA DA PRANCHA - APROX. 17 PEÇAS - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138884", "125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138884", "SUCATA DE CAMPANAS - APROX.  13000 KG  (VENDA POR KILO). - PALESTINA/SP ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>33.800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138903", "126")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138903", "SUCATAS DE CUBOS COLHEDORA -  APROX. 27 PEÇAS - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>41.800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138892", "127")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138892", "SUCATAS DE LINK COLAR COLHEDORA - APROX. 20 PEÇAS  - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138900", "128")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138900", " PLANTADORA/DISTRIB. CANA ANTONIOSSI, ANO 2011/2011. - EQP. 8659. - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138895", "129")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138895", " 26 SUCATAS DE BOMBAS (CONTAINERS PLÁSTICOS). - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138889", "130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138889", " SUCATA DE PLÁSTICO DIVERSOS. - 3500KG. (VENDA POR KILO). - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138901", "131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138901", " SUCATA DE FIO COBRE SUJO. - 300KG (VENDA POR KILO) - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138894", "132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138894", "SUCATA DE ALÚMINO MISTO -  APROX. 80 KG (VENDA POR KILO). - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>424,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138886", "133")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138886", " TANQUE FIBRA. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>22.700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138912", "135")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138912", " PLANTADORA/DISTRIB. CANA ANTONIOSSI, ANO 2011/2011. - EQP. 8643 - LOC. SANTA ALBERTINA/SP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138893", "136")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138893", "SUCATAS DE RODAS 1100/ COM ARO -  APROX. 150  PEÇAS - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138874", "137")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138874", " CARROCERIA DO MUNCK. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138868", "138")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138868", " APROX. 9 SUCATAS DE CHASSIS IMPLEMENTOS. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138878", "139")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138878", " APROX. 186 SUCATAS DE PEÇAS COLHEDORA CASE APROX. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138891", "140")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138891", " 20 SUCATAS DE IMPLEMENTOS HERBICIDA. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138869", "141")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138869", " CARROCEIRA PLANTIO 4 UNIDADES. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138907", "142")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138907", "SUCATAS DE TAMBOR 200 LITROS DE FERRO -  APROX. 400 PEÇAS -  LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138888", "143")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138888", " 2 CARROCERIAS PLANTIO. - LOC. PALESTINA/SP ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138879", "144")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138879", " 4 CARROCERIAS DE TRANSBORDO REF. 12360 / REF. 121374 / REF. 121271 / REF. DXP3781. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138880", "145")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138880", " 4 CARROCERIAS TRANSBORDO REF. 121272 / REF. Nº 6 / REF. SÉRIE  0191 / REF. SÉRIE 0123. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138896", "146")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138896", " 4 CARROCERIAS TRANSBORDO REF. 121368 / REF. 121232 / REF. 121357 / REF. 121371. - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138885", "147")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138885", " APROX 203 SUCATAS DE COMPONENTES ELÉTRICOS (62 PEÇAS ALTERNADOR, 61 PEÇAS MOTOR DE PARTIDA E 80 PEÇAS COMPRESSOR DE AR CONDICIONADO) - LOC. PALESTINA/SP")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138843", "148")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138843", " VW GOL TL MCV, ANO 2017/2018. - EQP. 912270. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138847", "149")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138847", " VW SAVEIRO RB MBVS ROBUS, ANO 2017/2018. - EQP. 944188. - LOC. ARIRANHA/SP ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138842", "150")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138842", " TRATOR VALTRA BH 180 4X4. ANO 2011/2011. - EQP. 505301. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138864", "151")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138864", " TRATOR VALTRA BH 180 4X4. ANO 2008/2008. - EQP. 505264. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>179.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138841", "152")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138841", " TRATOR VALTRA BH 180 4X4. ANO 2012/2012. - EQP. 505337. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>202.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138857", "153")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138857", " CAMINHÃO MERCEDES BENZ L 2213, ANO 1984/1984. - EQP. 200523. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138836", "154")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138836", " CAMINHÃO MERCEDES BENZ L 1513, ANO 1977/1977. - EQP. 330420. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138855", "155")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138855", " MOTOCICLETA HONDA NXR 160 BROS ESDD, ANO 2017/2018. - EQP. 980197. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138838", "156")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138838", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2008/2008. - EQP. 104620. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138840", "157")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138840", " CAMINHÃO MERCEDES BENZ 2423K, ANO 2006/2006. - EQP. 312560. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>182.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138858", "158")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138858", " SEMI-REBOQUE NOMA SR3E27, ANO 1995/1995. - EQP. 358546. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138866", "159")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138866", " SEMI-REBOQUE NOMA SR3E27, ANO 1995/1995. - EQP. 358531. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138850", "160")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138850", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2010/2010. - EQP. 704028. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138844", "161")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138844", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2010/2010. - EQP. 704025. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138856", "162")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138856", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2010/2010. - EQP. 704022. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138919", "163")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138919", " 2 CONDENSADORES R SENDO 1 (DIAMETRO 680MM X 1970MM) E (DIAMETRO 630MM X 1940MM). - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138890", "164")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138890", " TRATOR VALTRA BH 180 4X4. ANO 2010/2010. - EQP. 505282. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>183.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138837", "165")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138837", " TRATOR VALTRA BH 180 4X4. ANO 2012/2012. - EQP. 505344. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>119</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>204.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138909", "166")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138909", " 2 CONDENSADORES R SENDO 1 (DIAMETRO 1340MM X 2500MM) E (DIAMETRO 1100MM X 2480MM) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138920", "167")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138920", "4 CARROCERIAS FUEIRO REF. A1, A2, A3 E A4. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138853", "168")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138853", " VW SAVEIRO RB MBVS ROBUS, ANO 2017/2018. - EQP. 944190. - LOC. ARIRANHA/SP ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138871", "170")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138871", " VW SAVEIRO RB MBVS ROBUS, ANO 2019/2020. - EQP. 944212. - LOC. ARIRANHA/SP ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138902", "172")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138902", " APROX. 79 SUCATAS DE ILUMINAÇÃO INDUSTRIAL (CALHAS, LAMPADAS, REFLETORES, BDD) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138910", "173")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138910", " SUCATA DE MÓVEIS ( 6 MESAS SENDO 1 MÁRMORE,7 ARQUIVOS,2 MACAS E 9 CONJUNTOS CADEIRAS 3 LUGARES ) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138865", "174")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138865", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2010/2010. - EQP. 704029. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138875", "175")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138875", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2012/2012. - EQP. 704034. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138898", "176")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138898", " SUCATA DE PEÇAS DIVERSAS, 5 CAIXAS SENDO NOVAS E USADAS - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138916", "178")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138916", " 4 CARROCERIAS FUEIRO REF. B1, B2, B3 E B4. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138845", "179")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138845", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2012/2012. - EQP. 704036. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138848", "180")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138848", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2012/2012. - EQP. 704035. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>74.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138870", "181")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138870", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2011/2011. - EQP. 704032. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138860", "182")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138860", " VW SAVEIRO RB MBVS ROBUS, ANO 2019/2020. - EQP. 944219. - LOC. ARIRANHA/SP ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138849", "183")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138849", " COLHEDORA CANA JOHN DEERE MOD. 3520 C/ ESTEIRA, ANO 2010/2010. - EQP. 704026. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138923", "184")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138923", " APROX. 97 SUCATAS DE PEÇAS HIDRAULICAS E PNEUMATICAS. - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138862", "185")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138862", " SUCATA DE 78 RODAS 1.100 X 22 COM ARO  E  8 RODAS ALUMÍNIO 295/80/22.5 - (SENDO 86 PÇS APROX.) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138928", "188")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138928", " SUCATA DE 8 TAMBORES ROLAMENTO - APROX. 2.770KG (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>7.202,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138925", "190")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138925", " APROX. 7 SUCATAS DIVERSAS ( 2 CAIXAS SUCATA INFORMÁTICA,2 MÁQUINAS LAVAR 10 E 15 KG,1 BEBEDOURO D'ÁGUA,2 PALETES SUCATAS AR-CONDICIONADO ) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138851", "191")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138851", " SUCATA DE TAMBOR 200 LITROS FERRO - (SENDO 200 PÇS APROX). - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...57 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138839", "192")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138839", " SUCATA DE COMPONENTES ELÉTRICOS ( 19 MOTORES PARTIDA,15 ALTERNADORES,40 ROTORES E 5 EXTATORES). SENDO 79 PÇS. - LOC. ARIRANHA/SP ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...345 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138877", "194")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138877", " SUCATA DE CAMPANAS (4 PALETES - 6.600 KG APROX.) - (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>18.480,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138873", "195")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138873", " SUCATA DE MOLA ( 4 PALETES - 7.900 KG APROX.) - (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>29.230,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138861", "196")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138861", " SUCATA DE FAQUINHA E FAÇÃO - (SENDO 9.680 KG APROX) - (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>19.360,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138863", "197")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138863", " SUCATA DE DISCO GRADE E DIVERSOS - (SENDO 2.500 KG APROX.) - (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138852", "198")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138852", " SUCATA DE CUBO REDUÇÃO FINAL COLHEDORA CANA - (SENDO 4 PÇS APROX). - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...57 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138915", "199")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138915", " SUCATA DE PEÇAS DIVERSAS. - APROX. 26890 KG (VENDA POR KILO) - LOC. ARIRANHA/SP")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>67.225,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...2206 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138905", "1344")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138905", " 1 SACARIMETRO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>