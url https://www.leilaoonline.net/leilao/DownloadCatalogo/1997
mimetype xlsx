--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138470", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138470", "TRATOR AGRICOLA MASSEY FERGUSON MF-265 - FCBM 96334-8  - SESC INTERLAGOS - SÃO PAULO/SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138598", "465")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138598", "7 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>910,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138599", "487")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138599", " APARELHO PARA EXERCICIOS ROTATÓRIOS LIFE GBJ. FCBM: 178960-1 - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.710,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138629", "494")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138629", " 293253-9 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138614", "495")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138614", " 292435-8- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138625", "496")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138625", " 292706-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138601", "497")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138601", " 292433-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP               ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138609", "498")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138609", " 293252-1 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138606", "499")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138606", " 292436-6- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138613", "500")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138613", " 285976-9- RENAULT/LOGAN 1.6 DYN, ANO 2015/2015, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138630", "501")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138630", " 285975-1- RENAULT/LOGAN 1.6 DYN, ANO 2015/2015,LOC. SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138626", "502")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138626", " 238717-4 -RENAULT LOGAN EXPRESSION 1.6, ANO 2011/2012, LOC. SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138600", "503")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138600", " 255524-7- IDEA 1.6 ESSENCE, ANO 2013/2013, LOC. SÃO PAULO/SP            ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138605", "504")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138605", " 322820-7- CHEVROLET COBALT 1.8 LTZ, ANO 2018/2019, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138616", "505")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138616", " 322993-9- CHEVROLET COBALT 1.8 LTZ, ANO 2018/2019, LOC. SÃO PAULO/SP  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138603", "506")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138603", " 272487-1- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP       ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138607", "507")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138607", " 273032-4- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138631", "508")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138631", " 313638-8- RENAULT/LOGAN 1.6 DYNAMIQUE, ANO 2017/2018,     ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138585", "509")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138585", " APARELHO PARA EXERCÍCIO ELEVAÇÃO INVERNO HAMER GBCT; FCBM 199101-9 - LOC. SÃO PAULO/SP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138581", "510")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138581", " APARELHO PARA EXERCÍCIO ELEVAÇÃO INVERNO HAMER GBCI; FCBM 199100-0 - LOC. SÃO PAULO/SP")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138565", "511")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138565", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138559", "512")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138559", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138563", "551")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138563", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.560,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138576", "627")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138576", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138560", "646")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138560", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.560,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138618", "780")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138618", " 238719-1- RENAULT LOGAN EXPRESSION 1.6, ANO 2011/2012, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138602", "781")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138602", " 238484-1- RENAULT LOGAN EXPRESSION 1.6, ANO 2011/2012, LOC. SÃO PAULO/SP          ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138621", "782")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138621", " 255523-9- IDEA 1.6 ESSENCE, ANO 2013/2013, LOC. SÃO PAULO/SP              ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138627", "783")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138627", " 263293-4- FIESTA 1.6 FLEX SEDAN, ANO 2013/2014, LOC. SÃO PAULO/SP            ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138635", "784")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138635", " 265642-6- FIESTA 1.6 FLEX SEDAN, ANO 2014/2014, LOC. SÃO PAULO/SP      ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.999,99</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138615", "785")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138615", " 272488-0- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138611", "786")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138611", " 285971-8- RENAULT/LOGAN 1.6 DYN,ANO 2015/2015, LOC. SÃO PAULO/SP       ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138634", "787")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138634", " 292430-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138619", "788")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138619", " 292707-1- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138608", "789")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138608", " 292708-0- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP     ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138624", "790")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138624", " 293250-4- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138622", "791")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138622", " 313274-9- RENAULT/SANDERO 1.6 DYNAMIQUE, ANO 2017/2018, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138620", "792")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138620", " 322996-3- CHEVROLET COBALT 1.8 LTZ, ANO 2018/2019, LOC. SÃO PAULO/SP         ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138617", "793")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138617", "  277924-2-AZERA 3.0 HYUNDAI GASOLINA, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>74.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138636", "794")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138636", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.820,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138637", "795")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138637", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.820,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138638", "796")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138638", "16 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.080,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138639", "797")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138639", "17 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.210,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138632", "840")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138632", " 292427-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138610", "841")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138610", " 292431-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138633", "842")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138633", " 292428-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                      ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138612", "843")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138612", " 293249-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017,LOC. SÃO PAULO/SP  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138623", "845")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138623", " 292429-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138628", "846")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138628", " 292432-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138594", "2045")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138594", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138567", "2052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138567", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138575", "2053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138575", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.560,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138572", "2057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138572", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138574", "2058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138574", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138566", "2059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138566", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138570", "2060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138570", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138564", "2061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138564", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.730,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138577", "2062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138577", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138578", "2063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138578", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138580", "2064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138580", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138588", "2066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138588", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138587", "2067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138587", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138596", "2068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138596", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138597", "2069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138597", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138591", "2070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138591", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138579", "2071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138579", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...260 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...405 lines deleted...]
-      <c r="D42" s="4" t="inlineStr">
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138583", "2072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138583", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138586", "2073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138586", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138604", "2074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138604", " 293248-2- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="E42" s="5" t="inlineStr">
-[...575 lines deleted...]
-      <c r="E60" s="5" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138573", "4181")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138573", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138582", "13465")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138582", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F60" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138593", "13467")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138593", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E69" s="5" t="inlineStr">
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138584", "13468")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138584", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F69" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E70" s="5" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138595", "13469")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138595", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F70" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E71" s="5" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138592", "13470")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138592", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F71" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E72" s="5" t="inlineStr">
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138562", "13471")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138562", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F72" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E73" s="5" t="inlineStr">
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138590", "13472")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138590", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138589", "13473")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138589", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138568", "13475")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138568", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E76" s="5" t="inlineStr">
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138569", "13476")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138569", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F76" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E77" s="5" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138558", "13477")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138558", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F77" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E78" s="5" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138571", "13479")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138571", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F78" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E81" s="5" t="inlineStr">
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138561", "13480")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138561", " 10  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138557", "20552")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138557", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>