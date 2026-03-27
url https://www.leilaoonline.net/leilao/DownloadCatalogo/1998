--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138500", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138500", "[ VÍDEO ][ LANCE POR KG ] VIGAS "U" GALVANIZADAS DE 6". APROX. 600 KG")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4,40</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138502", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138502", "[ VÍDEO ][ LANCE POR KG ] VIGAS "U" GALVANIZADAS DE 5". APROX. 12500 KG")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4,80</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138501", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138501", "[ VÍDEO ][ LANCE POR KG ] VIGAS "U" GALVANIZADAS DE 4". APROX. 1200 KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.840,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138505", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138505", "[ VÍDEO ][ LANCE POR KG ] TRELIÇAS DE AÇO CARBONO; DIM.: 500x5000 MM. APROX.2000 KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3,70</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138506", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138506", "[ VÍDEO ][ LANCE POR KG ] CHAPAS DE AÇO CARBONO DE 1", 3/8" E 5 MM. APROX. 9000 KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138504", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138504", "[ VÍDEO ][ LANCE POR KG ] 06 VIGAS "I" DE AÇO CARBONO; DIM: 350x200 MM. APROX. 2800 KG. APROX. 6,0 M")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138508", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138508", "[ VÍDEO ][ LANCE POR KG ] VIGAS "I" DIVERSAS. APROX. 5200 KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138503", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138503", "[ VÍDEO ][ LANCE POR KG ] CHAPAS DE AÇO CARBONO RETANGULAR; DIM: 2500x1500 MM DE 6MM E 8MM. APROX. 3500 KG")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138507", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138507", " [ VÍDEO ][ LANCE POR KG ] BALANÇA RODOVIÁRIA C/ 10 PERNAS; COMP.: 18 M. APROX. 9000 KG")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138509", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138509", " [ VÍDEO ][ LANCE POR KG ] 2 TANQUES DE AÇO INOX. APROX. 2300 KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138513", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138513", "[ VÍDEO ] 01 COMPRESSOR ATLAS COPCO C/ MOTOR ELÉTRICO ARNO POT. 30 E 40 CV")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138527", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138527", " [ VÍDEO ][ LANCE POR KG ] APROX. 15 VIDRAÇAS. APROX. 700 KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138515", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138515", " [ VÍDEO ][ LANCE POR KG ] 5 TRELIÇAS; DIM.: 500X200 MM. APROX. 450 KG")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138528", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138528", " [ VÍDEO ][ LANCE POR KG ] TRELIÇAS DE AÇO CARBONO; DIM.: 410x200x5000 MM. APROX. 500 KG")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.30</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138516", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138516", " [ VÍDEO ][ LANCE POR KG ] TUBOS DE AÇO CARBONO DE AÇO CARBONO DE 1 11/16". APROX. 3500 KG")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>17.850,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138518", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138518", " [ VÍDEO ][ LANCE POR KG ] TUBOS DE AÇO CARBONO DE 6 1/2". APROX. 1500 KG")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138510", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138510", " [ VÍDEO ][ LANCE POR KG ] TUBOS DE AÇO CARBONO DE 4 1/2". APROX. 1000 KG")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2,20</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138523", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138523", " [ VÍDEO ][ LANCE POR KG ] TUBOS DE AÇO CARBONO DE 3". APROX. 1500 KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2,20</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138529", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138529", " [ VÍDEO ][ LANCE POR KG ] PISTÕES HIDRÁULICOS DIVERSOS. APROX. 15.000 KG")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138517", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138517", " [ VÍDEO ][ LANCE POR KG ] CHAPAS DESCALANDRADAS DE 3/8". APROX. 10.000 KG")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138538", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138538", "[ VÍDEO ] APROX. 100 TRELIÇAS DE AÇO CARBONO; DIM.: 300x5150 MM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138511", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138511", "[ VÍDEO ] SUCATA DE IMPRESSORA MANUGRAPH")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138533", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138533", "[ VÍDEO ]  EXAUSTOR CENTRÍFUGO C/ MOTOR ELÉTRICO EBERLE 60 CV")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138519", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138519", "[ VÍDEO ] UNIDADE HIDRÁULICA C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138535", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138535", " [ VÍDEO ][ LANCE POR KG ] VIGAS DIVERSAS. APROX. 25.000 KG")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138532", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138532", " [ VÍDEO ] MISTURADOR S/ MOTOR. APROX. 2000 KG")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138520", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138520", " [ VÍDEO ][ LANCE POR KG ] TELAS DE ALAMBRADO. APROX. 600 KG")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138539", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138539", " [ LANCE POR KG ] TUBOS DE ALUMÍNIO DE 1 1/4". APROX. 126 KG")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138526", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138526", " [ LANCE POR KG ] CHAPAS E PERFIS DIVERSOS DE ALUMÍNIO. APROX. 1220 KG")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138531", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138531", " [ VÍDEO ][ LANCE POR KG ] CHAPAS DE AÇO ANTIDERRAPANTE. APROX. 2500 KG")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138530", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138530", " [ VÍDEO ] GRANITOS E BLOQUETES DIVERSOS. APROX. 1500 KG")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138525", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138525", " CAMINHÃO VW 6.80; ANO/MODELO: 1986/1986; ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138521", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138521", " CAMINHÃO MB 709; ANO/MODELO: 1989/1989")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138537", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138537", " CAMINHÃO MB 1113. ANO 1975")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138524", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138524", " [ LANCE POR KG ] PLATAFORMA TIP DOCA. APROX. 15.000 KG")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...185 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138522", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138522", " CALÇOS DE BORRACHA, PARA MÁQUINAS. APROX. 500 KG")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...308 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138536", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138536", "EMPILHADEIRA HYSTER; CAP.: 2,5 T")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138534", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138534", " COMANDO DE MÁQUINA DE FURAR POÇO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138514", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/138514", " SUCATA DE TRATOR DE ESTEIRAS COM PEÇAS DESMONTADAS E SEM MOTOR")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139136", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139136", "[ VÍDEO ][ LANCE POR KG ] VIGAS EM W. Medidas: 250mm X 100mm. PAREDE 6mm. APROX. 3.700 KG")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>