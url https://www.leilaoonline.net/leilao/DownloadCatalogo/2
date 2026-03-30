--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6505 (SP), CH.: 9533N82T5BR116406 (Frota: 210097) TRUCADO Renavam: 271521716 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6507 (SP), CH.: 9533N82T7BR119341 (Frota: 210136) TRUCADO OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6525 (SP), CH.: 9533N82T2BR119652 (Frota: 210124) TRUCADO OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6581 (SP), CH.: 9533N82T1BR115592 (Frota: 210081) TOCO Renavam:  271727829 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6597 (SP), CH.: 9533N82T3BR115576 (Frota: 210087) TOCO Renavam:  271721901 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EUF-1609 (SP), CH.: 9533N82T8BR119459 (Frota: 210147) TRUCADO OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6607 (SP), CH.: 9533N82T5BR115546 (Frota: 210088) TOCO Renavam:  271723327 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6606 (SP), CH.: 9533N82T5BR115739 (Frota: 210086) TOCO Renavam:  271717300 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6615 (SP), CH.: 9533N82T0BR116412 (Frota: 210096) TRUCADO Renavam:  271118873 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6591 (SP), CH.: 9533N82T1BR116404 (Frota: 210092) TRUCADO Renavam:  271700688 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EUF-1610 (SP), CH.: 9533N82T5BR119404 (Frota: 210148) TRUCADO OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6621 (SP), CH.: 9533N82T4BR116400 (Frota: 210093) TRUCADO Renavam:  271521333 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQF-4779 (SP), CH.: 9533N82TXBR119124 (Frota: 210146) TRUCADO OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6585 (SP), CH.: 9533N82T7BR115838 (Frota: 210085) TOCO Renavam:  271719990 OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6570 (SP), CH.: 9533N82TXBR115906 (Frota: 210102) TRUCADO OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EUF-1389 (SP), CH.: 9533N82T3BR118946 (Frota: 210152) TRUCADO OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6519 (SP), CH.: 9533N82TXBR116417 (Frota: 210101) TRUCADO OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EML-1097 (SP), CH.: 9533N82TXBR120189 (Frota: 210140) TRUCADO OBS:  operacional / desgastes convencional  6 pneus ruins LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6566 (SP), CH.: 9533N82T1BR117908 (Frota: 210076) TOCO COM PREPARAÇÃO P/ TRUCADO Renavam:  272724289 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6532 (SP), CH.: 9533N82T8BR118926 (Frota: 210112) TRUCADO OBS:  operacional / desgastes convencional  8 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6623 (SP), CH.: 9533N82T9BR116408 (Frota: 210095) TRUCADO Renavam:  271704284 OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EUF-1329 (SP), CH.: 9533N82T9BR119115 (Frota: 210150) TRUCADO OBS:  operacional / desgastes convencional  6 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60", "IVECO DAILY 35S14CS, ano: 2010, PL.: EQT-6608 (SP), CH.: 93ZC35A01B8421245 (Frota: 210058) SIMPLES Renavam:  279743432 OBS:  operacional / desgastes convencional  4 pneus regulares LOCAL:   SÃO PAULO/ SP ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57", "IVECO DAILY 35S14CS, ano: 2010, PL.: EQT-6617 (SP), CH.: 93ZC35A01B8421275 (Frota: 210057) SIMPLES Renavam:  279507380 OBS:  operacional / desgastes convencional  4 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56", "IVECO DAILY 35S14CS, ano: 2010, PL.: EQT-6596 (SP), CH.: 93ZC35A01B8421321 (Frota: 210054) SIMPLES Renavam:  279511671 OBS:  operacional / desgastes convencional  4 pneus regulares LOCAL:   SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6601 (SP), CH.: 9533N82T7BR117749 (Frota: 210071) TOCO COM PREPARAÇÃO P/ TRUCADO Renavam:  271708085 OBS:  operacional / desgastes convencional  LOCAL:   SÃO PAULO/SP ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="B32" s="4" t="inlineStr">
-[...141 lines deleted...]
-      </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58", " CAMINHÃO COMPACTADOR DE LIXO VW 17.250 E, ano: 2010, PL.: EQT-6602 (SP), CH.: 9533N82T8BR116402 (Frota: 210094) TRUCADO Renavam:  271521970 OBS:  operacional / desgastes convencional  LOCAL:   SÃO PAULO/SP ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>