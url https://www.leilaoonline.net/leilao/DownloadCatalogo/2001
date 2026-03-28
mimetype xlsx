--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,4667 +269,4087 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140508", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140508", " Mala Antiga Cheia de Dinheiro Antigo conforme as fotos (Cédulas Nacionais de Diversos Valores e épocas).")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140153", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140153", " FORD RURAL WILLYS | Ano 1971 | 4x4 | Gasolina")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139408", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139408", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140154", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140154", " Lote C/ 77 unidades  de tinta para impressoras, sendo: 66- Tonners ( sem uso) Nas caixas  diversas marcas e 11 Cartuchos de Tinta marca hp.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139398", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139398", "[ VÍDEO ] FATIADOR DE FRIOS MANUAL (MANIVELA) ANTIGO  (FUNCIONANDO)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139409", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139409", " LOTE C/ DIVERSOS BRINQUEDOS. L4 ( NO ESTADO).")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140155", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140155", " [ VÍDEO ] Equipamentos de monitoramento profissional, vários itens: usados e sem uso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140156", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140156", "[ VÍDEO ] Lote C/ Diversos Autoramas Antigos. Diversos modelos. (inclusive um deles sem uso). Guardados há muitos anos,  relíquias para colecionadores.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140159", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140159", " Lote contendo 05 fantasias para Adultos: Olivia Palito, Caveira, Egípcia e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139371", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139371", " [ VÍDEO ] HONDA CB 550 FOUR. ANO 1976. CAFÉ RACER. RELÍQUIA PARA COLECIONADORES. Documentos em ordem.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141911", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141911", "[ VÍDEO ] Vespa Piaggio Px 200 Partida elétrica e pedal. Veículo Ornamental. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141430", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141430", " Lote C/ 100 Itens. Sendo: Brincos, colar, prendedor de cabelo, pulseiras, pingente e outros, diversos modelos e estilos.(BJ-1)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143054", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143054", "[ VÍDEO ] Lote contendo aprox. 1200 unidades de Tubos de Cola Elmer's. Diversos Tamanhos, Cores e Modelos. Não Tóxica, ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141904", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141904", "[ VÍDEOS ] MOTOCICLETA BMW K 1600 GT. ANO 2011/ 2012. MOTOR 06 CILINDROS. MANUAL, CHAVE RESERVA E CONTROLE.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>47.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139362", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139362", "[ VÍDEO ] Motocicleta Zündapp. Ano 1952. Mod. Ks 601. Foram fabricadas na Alemanha pós 2º Guerra Mundial. Existem apenas 5.075 unidades. Motor 600 Cc box cardan. Relíquia, totalmente Original, para colecionadores. Em funcionamento. Sem placa e sem documento.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140506", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140506", " Lote C/ 50 brinquedos Colecionáveis, diversos modelos e estilos. (B1)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139410", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139410", " LOTE C/ DIVERSOS BRINQUEDOS. L5 ( NO ESTADO).")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140507", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140507", " Lote C/ 08 brinquedos Colecionáveis, diversos modelos e estilos. (B2)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140504", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140504", " 02 Vídeo Game, e Cartuchos sendo: 01- Odissey e 01- Atari, Ambos da Década de 1980, Originais em suas caixas conforme as fotos. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140505", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140505", " Lote C/ 90 Carrinhos Colecionáveis, diversos modelos e estilos. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139363", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139363", " Motocicleta Zündapp Db 202. Ano 1951 de 200cc. Pós Segunda Guerra Mundial. Relíquia, totalmente original, para colecionadores. Sem placa e sem documento. (Carretinha não faz parte do lote))")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139339", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139339", " Monark Monareta Tandem Dupla ano 1982. Totalmente Original. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140161", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140161", " 04 equipamentos Antigos para agricultura. Sendo: 01 Gradeado, 01 Arado, 01 Plantadeira e 01 Carpideira.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140160", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140160", " Lote contendo 05 fantasias para Adultos: Batman, Coringa, Arlequina, Pirata e outros conforme fotos.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139340", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139340", "MONARK MONARETA GEMINI, ARO 20 PRIMEIRO MODELO DA MONARETA. INSPIRADA NO PROJETO GEMINI DA NASA DOS U.S.A, POR ISSO TEM O DISPOSITIVO DE ENGATE COM ESSE NOME. TOTALMENTE RESTAURADA. RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139368", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139368", "Mini Jipe Antigo, Original todo em metal, Raridade para Colecionadores")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139345", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139345", " BONECO DO FOFÃO GRANDE, ORIGINAL DE ÉPOCA , DÉCADA DE 1980 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139346", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139346", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139411", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139411", " LOTE C/ DIVERSOS BRINQUEDOS. L6 ( NO ESTADO).")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139399", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139399", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS  (Ref. L1)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139366", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139366", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140163", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140163", " Bicicleta Caloi Ergométrica Antiga, década de 1980")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139394", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139394", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140162", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140162", " 03 Bonecos E.T., O Extraterrestre. Original Grow. 02- Grandes e 01- Médio. Década de 1980, para colecionadores")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139375", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139375", "[ VÍDEOS ] LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139414", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139414", " LOTE C/ DIVERSOS BRINQUEDOS. L7 ( NO ESTADO).")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140157", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140157", " Lote contendo 05 fantasias: Enfermeira, Hello Kitty, Twister, Dançarina e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139374", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139374", "[ VÍDEOS ] LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140158", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140158", " Lote contendo 05 fantasias para Adultos: Super Homem, Bombeira, Dançarina de Can Can e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139396", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139396", " Monark Barrinha  Circular aro 20 Mirim, breque de pé, Raridade para Colecionadores")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139376", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139376", " Lote Contendo: 01 gazebo, 01 barraca e 01 piscina.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141915", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141915", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139395", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139395", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139335", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139335", " BICICLETA ORIGINAL. POUCO USO.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139412", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139412", " LOTE C/ DIVERSOS BRINQUEDOS. L8 ( NO ESTADO).")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139367", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139367", "Triciclo velocípede Antigo, totalmente Original,  Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>740,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139400", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139400", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS  (Ref. L2)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139369", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139369", "[ VÍDEOS ] LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139347", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139347", " Monark Monareta Mirim aro 14, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139370", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139370", "Conjunto de poltronas Sofá da Renascença, Histórico e Raro, da Realeza do Império do Café, Para Colecionadores")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141431", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141431", " Lote C/ 100 Itens. Sendo: Anéis, Brincos, colar, prendedor de cabelo, pulseiras, pingente e outros, diversos modelos e estilos.(BJ-2) ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139379", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139379", " Lote C/ 25 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140152", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140152", " LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139351", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139351", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139350", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139350", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139390", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139390", " LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139372", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139372", " Caloi Cross aro 20, Antiga da década de 1980, Original para Colecionadores")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139373", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139373", " 04 Máquinas de escrever Marca Olivetti  mod  Linea 98")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139365", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139365", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139418", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139418", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139413", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139413", " LOTE C/ DIVERSOS BRINQUEDOS. L9 ( NO ESTADO).")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139342", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139342", " Conjunto Carrinho de Bebê e Cadeirinha automotiva , marca Hércules, Década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139344", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139344", " Monark Monareta Dobramatic Garupão, Aro 20, Brasil de Ouro Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139416", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139416", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139419", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139419", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139334", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139334", " BICICLETA ORIGINAL, CÂMBIO DUPLO DE MARCHA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139349", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139349", " Caloi Berlineta Aro 20 Dobrável, Relíquia, para Colecionadores")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139417", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139417", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139402", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139402", "[ VÍDEO ] GRANDE TELÃO ELÉTRICO RETRÁTIL. MED: APROX. 3,50 X 2,50. FUNCIONANDO.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139420", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139420", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139425", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139425", " Lote 30 Garrafas Chopp de Vinho Draft Red Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139377", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139377", " Lote C/ 25 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139381", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139381", " Lote C/ 25 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141432", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141432", "[ VÍDEO ]  Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica. Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139378", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139378", " Lote C/ 25 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139380", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139380", " Lote C/ 25 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139382", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139382", " Lote C/ 25  aparelhos de telefone p/ diversas funções.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139383", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139383", " Lote C/ 25  aparelhos de telefone p/ diversas funções.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139358", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139358", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141433", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141433", "[ VÍDEO ] Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica. Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139343", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139343", " Bicicleta  Bacini mod Corsa 18 Speed Antiga aro 27, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139401", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139401", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS (Ref. L3)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139341", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139341", " Bicicleta Monark Antiga aro 28 , Freio de pé, Banco de Molas, Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139384", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139384", " Lote C/ 25  aparelhos de telefone p/ diversas funções.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139422", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139422", " Lote 30 Garrafas Chopp de Vinho Draft Red Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139385", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139385", "Lote contendo 06 impressoras Marcas Epson e HP e 01 Horodator Dimep.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139386", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139386", " Lote Contendo 03 Bicicletas p/ adultos")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139388", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139388", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139387", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139387", " Lote Contendo 10 equipamentos de impressão e telefonia")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139389", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139389", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139415", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139415", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139337", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139337", " Monark Brisa Totalmente Original aro 26, Década de 1980 Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139423", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139423", " Lote 30 Garrafas Chopp de Vinho Draft Red Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141434", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141434", "[ VÍDEO ] Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica.  Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139421", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139421", " Lote 30 Garrafas Cooler de Pêssego Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139427", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139427", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141913", "101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141913", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141914", "102")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141914", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139328", "103")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139328", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139426", "104")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139426", " Lote 30 Garrafas Cooler de Pêssego Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141912", "105")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141912", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139428", "106")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139428", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141916", "107")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141916", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141917", "108")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141917", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139329", "109")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139329", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139424", "110")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139424", " Lote 30 Garrafas Cooler de Pêssego Garrafas de vidro de 600ml Cada.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141918", "111")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141918", " Lote Contendo Aprox. 100 LITROS de Cola Elmer's Transparente e Branca School. Frascos de 946ml e 473ml. Não Tóxica.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141919", "112")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141919", " Lote com Aprox. 100 Itens, sendo: Anéis, Brincos, colar, prendedor de cabelo, pulseiras, pingente e outros, diversos modelos e estilos. (BJ-3)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141920", "113")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141920", " Lote diversos Itens, conforme fotos, sendo; Anéis, Brincos, colar, pulseiras, pingentes e outros, diversos modelos e estilos. (BJ-4)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141922", "114")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141922", " Lote com 12 caixas completas e 13 frascos soltos de SLIME STARTER PACK. ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141921", "115")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141921", " Mala Grande Antiga. Cheia de Dinheiro Antigo Nacional (Cédulas). Diversos valores e épocas.")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139336", "116")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139336", " Monark Monareta Década de 1980 aro 20, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141925", "117")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141925", " Coleção Antiga de Caixas de fósforos, diversos Países e épocas. (intactos).")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141923", "118")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141923", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141924", "119")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141924", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141926", "120")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141926", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139330", "121")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139330", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141927", "122")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141927", " Lote diversos Itens, conforme fotos, sendo: Anéis, Brincos, colar, pulseiras, pingentes, Bolsas e outros, diversos modelos e estilos. (BJ-5)")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...346 lines deleted...]
-      <c r="E33" s="5" t="inlineStr">
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139316", "192")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139316", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F33" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139312", "247")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139312", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139331", "251")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139331", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E53" s="5" t="inlineStr">
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139304", "320")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139304", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139352", "345")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139352", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F53" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139307", "365")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139307", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E67" s="5" t="inlineStr">
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139308", "370")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139308", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139306", "380")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139306", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139310", "390")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139310", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139309", "395")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139309", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139333", "400")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139333", "10 GARRAFAS DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139404", "406")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139404", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F67" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E70" s="5" t="inlineStr">
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139311", "552")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139311", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139353", "570")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139353", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F70" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139305", "577")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139305", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139313", "582")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139313", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139356", "665")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139356", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139361", "703")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139361", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E78" s="5" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139407", "707")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139407", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F78" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E80" s="5" t="inlineStr">
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139355", "714")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139355", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F80" s="4" t="inlineStr">
-[...538 lines deleted...]
-      <c r="E97" s="5" t="inlineStr">
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139406", "752")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139406", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F97" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E101" s="5" t="inlineStr">
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139360", "753")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139360", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F101" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E102" s="5" t="inlineStr">
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139357", "757")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139357", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F102" s="4" t="inlineStr">
-[...922 lines deleted...]
-      <c r="E131" s="5" t="inlineStr">
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139403", "758")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139403", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F131" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E133" s="5" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139354", "799")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139354", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F133" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E140" s="5" t="inlineStr">
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139405", "801")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139405", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F140" s="4" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139359", "805")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139359", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>