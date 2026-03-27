--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140333", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140333", "Furgão Ford Transit. Diesel. Ano 2011/2011  (Ambulância)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140283", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140283", " CONSUMÍVEIS DE SOLDA DIVERSOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140286", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140286", " TINTAS E SOLVENTES VENCIDOS/USADOS DIVERSOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140285", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140285", " TALHAS DIVERSAS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140282", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140282", " TALHAS E TIFORS DIVERSOS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140287", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140287", " TALHAS DIVERSAS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140281", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140281", " TALHAS DIVERSAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140284", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140284", " TALHAS DIVERSAS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140298", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140298", " DISCOS DE CORTE DIVERSOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140289", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140289", " TRENAS, SERRAS, ARCOS DE SERRA, MANÔMETROS, ALICATES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140288", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140288", " MANGUEIRAS DIVERSAS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140311", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140311", " CAIXAS DE FERRAMENTAS MARCON")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140292", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140292", " APROX. 30 LUMINÁRIAS (SEM LÂMPADAS)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140291", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140291", " LUMINÁRIAS DE LED")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140315", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140315", " CORDAS DIVERSAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140318", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140318", " BANDEJAS DE PLÁSTICO P/ REFEITÓRIO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140296", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140296", " PARAFUSOS, PORCAS E ARRUELAS DE DIVERSOS TAMANHOS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140297", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140297", " GRAMPOS, MOLAS, VÁLVULAS, CONEXÕES, LUVAS, TORNEIRAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140319", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140319", " FLANGES DE AÇO CARBONO DIVERSOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140316", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140316", " 13 AR CONDICIONADOS DE JANELA E 2 AR CONDICIONADOS TIPO SPLIT")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140302", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140302", " GARRAFAS TÉRMICAS, REGULADORES DE CAPACETE, TOALHEIROS, TUBOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140299", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140299", " 3 ARMÁRIOS ALTOS EM MADEIRA C/ 2 PORTAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140300", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140300", " 8 REFRIGERADORES, 1 MÁQUINA DE LAVAR E 1 MICROONDAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140313", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140313", " REFRIGERADOR INDUSTRIAL C/ 6 PORTAS; 220 V")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140294", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140294", " REFRIGERADOR INDUSTRIAL C/ 6 PORTAS; 220 V")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140309", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140309", "PASS-THROUGH THERMICO 220V")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140308", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140308", "PASS-THROUGH THERMICO 220V")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140290", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140290", "PASS-THROUGH THERMICO 220V")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140301", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140301", "PASS-THROUGH THERMICO 220V")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140317", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140317", " BUFFET TÉRMICO EM MADEIRA C/ 3 GNS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140310", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140310", " BUFFET TÉRMICO EM INOX C/ 5 GNS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140314", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140314", " BUFFET REFRIGERADO EM INOX C/ 5 GNS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140293", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140293", " BUFFET TÉRMICO EM INOX C/ 5 GNS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140305", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140305", " BUFFET REFRIGERADO EM INOX C/ 3 GNS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140306", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140306", " 8 CAIXAS TÉRMICAS HOT BOX 145 L E 5 CAIXAS TÉRMICAS S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140303", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140303", " 5 ISOLAMENTOS ACÚSTICOS EM LÃ DE ROCHA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140312", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140312", " APROX. 320 DISCOS DE DESBASTE 9" E APROX. 225 DISCOS DE CORTE 9" (AMBOS PRÓX. DO VENCIMENTO)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140295", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140295", " 2 PNEUS GRIPMASTER 16-9-24")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140304", "049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140304", " SWITCHS, ESTABILIZADORES, FONTES, MOUSE, TECLADO, IMPRESSORA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140307", "051")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140307", " CPUS, MONITORES, NOBREAKS, ESTABILIZADORES, IMPRESSORAS, TECLADO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>