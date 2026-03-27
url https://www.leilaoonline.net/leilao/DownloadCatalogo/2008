--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139754", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139754", " 05 Peças redutores de velocidade, 02 Motores 3 HP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139747", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139747", " 05 Bombas hidráulicas diversas, 02 Peças de pistão hidraulico")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139753", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139753", " 25 Peças de pistões pneumáticos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139746", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139746", " 05 Peças redutores de velocidade (sem uso)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139743", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139743", " Diversas tochas para máquinas de solda MIG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139748", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139748", " 04 Peças de moto vibradores de 1/2 HP, 1 HP, 3 HP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139757", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139757", " 01 Peça bomba auto escorvante para chorume")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139745", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139745", " 01 Peça de troyller com talha de 5 Tons, manual")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139749", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139749", " 01 Peça redutor com freio, 05 Peças motoredutor")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139752", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139752", " 05 Unidades redutores para esteiras transportadoras (sem uso)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139767", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139767", " 01 Peça bomba auto escorvante para chorume")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139756", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139756", " 05 Peças bombas hidráulicas diversas e pistões hidráulicos diversos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139760", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139760", " 08 Pistões pneumáticos diversos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139751", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139751", " 03 Peças bombas de transferência e 02 peças de bombas hidráulicas para caminhões basculantes")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139768", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139768", " Bomba triplex Catpump - Modelo 6767 - Super alta pressão (sem uso)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139750", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139750", " Bomba auto escorvante desmi - Modelo SA50-180/4 D-9-H, 180mm - 10 M3/HR 10 HP (sem uso)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139758", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139758", " Bomba dosadora SPX FLOW BRAN   LUEBBE NOVADOS H5 (sem uso)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139761", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139761", " Unidade sopradora ROOTS completa, c/ motor 15 HP para transporte pneumático de gelo, cereais ou aeração de criadouros de peixes e camarões (sem uso)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139771", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139771", " Bomba dosadora de engrenagem instruval pv")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139755", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139755", " Redutor planetário Brevini, modelo EC3320/FE - Redução 85,2 :1 = n2 17.6 - T2 a 1500rpm = 21749 Nm - P2 KW 39,5 (sem uso)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139759", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139759", " Redutor planetário Brevini, modelo EC4150/FE - Redução 810.5 :1  = n2 1.8 - T2 a 1500rpm = 26750 Nm - P2 KW 5.2 (sem uso)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139744", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139744", " ESAB – BACKING CONCAVE 6 - Naval ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139765", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139765", " Motoredutor para misturador vertical 20HP Transmotécnica RED. 25:1 Transmotécnica Modelo MH 77, Potência do Motor 10 HP, Relação de Redução 1:25, Potência nominal de entrada 13.8 KW (18 HP), RPM 1760")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139762", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139762", " Motor elétrico RELIANCE 75 HP – 2 POLOS – 380 VOLTS (sem uso)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139763", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139763", " Bomba diafragma 3 polegadas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139770", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139770", " Compressor parafuso SHULTZ SRP MOD. 2015 – 15 HP - 60 PÉS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139764", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139764", " Bomba de vácuo anél líquido NASH XL 250-MAX, 2000 CFM3 (Pés cubicos/min) ENTRADA E SAÍDA 6”")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139772", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139772", " Redutor BONFLIGLIONI 40 HP – REDUÇÃO 1:35.5 (sem uso)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139773", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139773", " Acoplamento hidráulico VOITH MOD. 274 DTRI")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139769", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139769", " 40 Peças disco FLAP marca WALTER, 16 peças escova de aço 7” marca Walter, 30 peças disco desbaste marca WALTER ALL STEEL 7” X 1/4” X 7/8” , 30 peças escova rotativa aço circular 75mm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139766", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139766", "MOTO REDUTOR REDUÇÃO 12: 1 - EIXO VAZADO 3.1/2” BONFIGLIOLLI COM MOTOR WEG 40 HP COM FREIO MAGNÉTICO E VENTILAÇÃO FORÇADA (SEM USO)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139785", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139785", " Lote de valvulas diversas (sem uso), Aproximadamente 3.400 Kgs - conforme relação: - Lances por KG")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139774", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139774", " Redutor planetário Brevini, modelo EC4150/FE - Redução 810.5 : 1 = n2 1.8 - T2 a 1500rpm = 26750 Nm - P2 KW 5.2 (sem uso)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139784", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139784", " Bomba de vácuo anél líquido OMEL INOX MOD. 230/160")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139793", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139793", " Bomba multiestágio vertical inox, marca GRUNDFOS – 3 KW- 2 POLOS - 220/380/440 VOLTS (sem uso)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139779", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139779", " 01 Peça bomba positiva em inox,  FABRICANTE: SPX, (WAUKESHA)-MODELO: 130 U1 - CAPACIDADE: ATÉ 540 LTS/MIN - ENTRADA E SAÍDA: 3''- PRESSÃO MÁXIMA: ATÉ 200 PSI - APENAS BOMBA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139780", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139780", " Tubos SCHEDULE 80 E SCHEDULE 100 - Aproximadamente 3.970 KGS - lances por kg ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139776", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139776", " Motor WEG 50 HP 2 POLOS – 440 VOLTS (sem uso)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139781", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139781", " Guincho hidráulico BRADEN 20 tons. modelo RW 300A - diâmetro de cabo 22,3mm - pressão de 4.431 psi (306.0 bar)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139786", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139786", " Motor hidráulico STAFFA MOD. HMC 325 EIXO ESTRIADO 87,95MM")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139783", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139783", " Soprador ROOTS, marca ROBUSCHI, modelo RBS 75 F TRILOBULAR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139794", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139794", " Reversor marítimo para embarcações BORG WAGNER VELVET DRIVE MOD. 72 C - REDUÇÃO 1:1,29")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139792", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139792", " Lote de máquinas elétricas manuais no estado, esmerilhadeiras, serras, furadeiras e etc")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...89 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139791", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139791", " Soprador ROOTS trilobular, marca ROBUSCHI MODELO RBS 75 F")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139778", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139778", " 04 Peças bombas hidráulicas diversas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139788", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139788", " Motor hidráulico EXACT POWER MOD. P 450 3 PN")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139795", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139795", " 40 Peças de roletes para esteiras transportadoras (sem uso)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139790", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139790", " Guincho de arraste de 20 tons, com motor elétrico WEG 15 HP 4 POLOS - 220/380/440 VOLTS (sem uso)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139787", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139787", " 01 Redutor de velocidade, redução 1 : 29,5 – ENTRADA DE EIXO DE 3.1/2 “ E EIXO DE SAÍDA DE 7” - Capacidade de até 300 HP (sem uso)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139782", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139782", "400 LITROS DE ÓLEO OMALA  460")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139775", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139775", " Motor hidráulico REXROTH CALZONI MODELO - 5400 - Pressão máxima: 250 bar (Contínua)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139789", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139789", " Guincho naval de 20 tons, motor 25 HP 8 POLOS 220/380 VOLTS, com sistema de freio eletromagnético")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139777", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139777", " Redutor de velocidade angular, redução 2 :1 - 10 HP")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139796", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139796", "CARRINHO ELÉTRICO P/ IDOSOS E DEFICIENTES SCOOTER 700 WATTS - OTTO BOCK MOD. 490E149=00001CT - SEM USO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139797", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139797", "BOMBA DE MASSA , GORDURAS,, CREMES, RESINAS, ÓLEOS, GRAXOS DE ALTA VISCOSIDADE , EXCELENTE 2,1/² " FABRICAÇÃO ALEMÃ ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139804", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139804", " Máquina de solda MIG/TIG  ARC-400A IGBT C/ tocha")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139801", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139801", " Redutor PHB 10 HP - Redução 95:1")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139800", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139800", " Redutor HANSEN - 7,5 KW  - Redução 10:1")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139805", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139805", " Pistões hidráulicos. bombas e outros")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139803", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139803", " Redutor 5HP - Redução 20:1  e bomba hidráulica")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139802", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139802", " 50 peças de caixas organizadoras diversas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1790 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139799", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139799", " 50 peças de caixas organizadoras diversas")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>