--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139952", "18147")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139952", "GM/CLASSIC SPIRIT; 2007/2007; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139953", "18148")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139953", "TRATOR JOHN DEERE 7715 ANO 2010 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>188.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139954", "18149")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139954", "CAMINHONETE GM/C20 CUSTOM S; 1992/1992; VERMELHA; GASOL./GNV; GUINCHO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139955", "18150")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139955", "CHEVROLET/S10 LS FD2; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139956", "18151")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139956", "CAMINHÃO SCANIA/G 420 A6X4; 2011/2012; BRANCA; DIESEL ( SERÁ VENDIDO APENAS O CAVALO)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>133.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139957", "18152")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139957", "S. REBOQUE RODOFORT; 2006/2006")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139958", "18153")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139958", "TRANSBORDO SANTAL; ANO 2008; MODELO VT 13")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139959", "18157")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139959", "CAMINHÃO IVECO FIAT/ DAILY 3510 VAN 1; 2002/ 2003; BRANCA; DIESEL ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139960", "18158")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139960", "VW/KOMBI; 2008/2008; BRANCA; ALCO./GASOL. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139961", "18159")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139961", "PEÇAS DIVERSAS MOTOR SCANIA (PEÇAS DO CÂMBIO E DO CUBO TRASEIRO)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139962", "18160")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139962", "JEEP/COMPASS SPORT F; 2018/2018; PRETA; ALCO./GASOL. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>65.050,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139963", "18161")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139963", "REBOQUE R/RODOFORT RR CN; 2006/2006; AZUL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139964", "18162")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139964", "REBOQUE CANARINHO COM MUNCK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139965", "18163")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139965", "EMPILHADEIRA MARCA AUSA; CAP. 1.200KG APROX.; MOTOR DIESEL 3 CILINDROS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>