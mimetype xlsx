--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,3451 +269,3023 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141051", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141051", "Toyota Hilux CD SR XA 4 FD Ano 2015/2016 - Diesel")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140066", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140066", " Pulverizador New Holland SP 3500 ANO 2016, 30 metros de barra, Piloto e GPS, Tração 4x4, corte de seção bico a bico")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>530.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141052", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141052", "VOLVO FH 460 6x2 T ano 2014/2014 - Diesel")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140115", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140115", "[ VÍDEO ] Caminhão Mercedes Benz 1714  Ano 1994. Mêcanica operacional, munck sem vazamento Madal 11.500")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141471", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141471", "Mercedes Benz 311 Sprinter  Ano 2012/12 - Diesel  - carrocerria - (MOTOR TRAVADO)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140053", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140053", " 01 Dobradeira Amada 100 ton. 2 metros. Carbono, 4mm 3 metros de comprimento. Funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139991", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139991", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140137", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140137", "Pá Carregadeira Michigan. Mod.55C ano 1991 - gabinada. Com Ar Condicionado.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>230.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140064", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140064", " M.BENZ/L1513 ANO 1971/1971")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141451", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141451", "[ VÍDEOS ] Trator Valtra mod. BH 180 ano 2013 (motor feito/ funcionando)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>238.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139995", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139995", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139997", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139997", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139996", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139996", " Distribuidor de semente. Marca Stara sfil. 7 bocas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141452", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141452", "Trator New Holland Mod. 7630 Ano 2008. Com redutor de velocidade")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>155.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139993", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139993", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139998", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139998", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139999", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139999", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140000", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140000", "Peças para veículos-  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141455", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141455", "Trator New Holland Mod. TM 7040 ano 2010")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140134", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140134", " Eixo traseiro Mercedes a Ar com cuíca e 1 cardan")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140123", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140123", " Motoniveladora Caterpillar mod. 120B ano 1989 - bomba boch")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140126", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140126", "Rolo Compactador Muller mod. VAP 55 Ano 98 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140124", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140124", " Retroescavadeira Caterpillar mod. 416D ano 2002 - 4x2")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141454", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141454", "Trator New Holland Mod. TS 6040 ano 2010")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>162.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140041", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140041", "[ VÍDEO ] CITRÖEN C4 20GLXA5P F . FLEX. ANO 2010/11")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140068", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140068", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140125", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140125", " Pá Carregadeira Volvo mod. L50 ano 1998")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140147", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140147", "GM CHEVROLET D10. DIESEL. ANO 1983/1983")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140145", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140145", " VW FOX 1.0. Flex. Ano 2008/ 2008. Aprox. 115.000 km")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140146", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140146", " Estação Total Geodetic GD2i")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140112", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140112", "Transformador 112 KVA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140148", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140148", "Baú 16 pallets Niju Ano 2010. Reformado pintura nova")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140503", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140503", "Capó para MB 1620 com para lama esquerdo")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140095", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140095", " 01 CAPÔ SCANIA 112 -BRANCA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140092", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140092", " CARRETINHA (3,5 METROS COMPRIMENTO)s/documento")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140097", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140097", " QUINTA RODA P/ CAMINHÃO CANAVIEIRO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140101", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140101", " LOTE DE VIDROS/COM JANELAS DIVERSOS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140102", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140102", " TRATOR DEUTZ DM ANO 1963 -CILINDROS REFRIGERADOS A AR (ORIGINAL)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140149", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140149", "CAMINHÃO MB 1318  Ano 2003/03   - Trucado  - eletrônico 4cc")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140150", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140150", "[ VÍDEO ] CAMINHÂO MB Axor 2540 S Ano 2008/08")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140096", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140096", " SEMI REBOQUE/ RECRUSUL ANO 1999 / 2000. SEM PNEUS. SEM MOTOR DE REFRIGERAÇÃO. DOC COM MÉDIA MONTA. REG. POR CONTA DO ARREMATANTE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140099", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140099", " MOTOR SUPER 2 P/ REFRIGERAÇÃO - REVISADO THERMO KING")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140093", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140093", " CARCAÇA DIFERENCIAL SCANIA 9114 - ANO 2014")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140100", "053")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140100", " 4 PNEUS SEMI BORRACHUDOS 215 75 17.5 IMPORTADOS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140098", "054")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140098", " 6 PNEUS DE VAN AROS 15 e 16")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140120", "055")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140120", " 4 PNEUS BF 265 75 16")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140106", "058")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140106", " Munck Argos 45 toneladas, ano 200. 6 lanças hidráulicas e 3 lanças manuais, comando de operação com cadeirinha, comando de patola normal. Com sobre chassi para caminhão trucado com patolas")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140110", "059")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140110", " Semi Reboque Prancha Carreta Carrega Tudo, marca Randon , 60 Toneladas, ano 1981 sem pneus , Pneumática, com rampa, aceita Dolly, 12 mts reta, aceita colocação instalação de locks para containers")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140108", "060")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140108", "Guindaste auto propelido, marca PPM 23 Toneladas, motor Deusts 6cc, 24 mts lança. Ano 87. Parou funcionando. Necessário manutenção.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140107", "061")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140107", "Guindaste marca Bantam modelo S628, 18 toneladas, ano 1985, lança 22 mts, motor Cummins, e lança Aux Gibi 4 mts. Parou funcionando. Necessário manutenção.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140111", "063")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140111", " Compressor de ar - Atlas Copco CA 160 ano 2008 - BRP066958")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140109", "064")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140109", " Compressor de ar - Atlas Copco CA 160 ano 2008 - BRP067178")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140113", "065")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140113", "Munck madal 30 TL 4 hidráulica 2 manual com sobre chassi e carroceria de madeira")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140118", "073")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140118", " Aprox. 20 Rolamentos industriais (8 un.6322 c3, 5 un. 6319 c3 e outros)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...52 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140117", "074")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140117", " Aprox. 27 unidades de Bobinas 24V")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140119", "076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140119", " Lote com itens diversos - Policorte, ferramentas diversas, balança e outros")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140136", "079")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140136", " Cabeçote completo do motor 352")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140050", "096")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140050", " Carroceria de cana")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139992", "102")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/139992", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140026", "103")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140026", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140087", "104")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140087", "[ VÍDEO ] Cavalo Mecânico - FORD / CARGO 4331 ANO 2004/04")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140138", "109")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140138", "ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 312 DL ANO 2014 - APROX. 6.000 HRS.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>370.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140114", "110")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140114", "Pá Carregadeira Caterpillar mod. 924H ano 2012. Aprox. 10.700 horas (cabine original)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140047", "111")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140047", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140121", "112")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140121", " Guindaste Madal 30 ton. (somente equipamento)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140020", "116")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140020", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140022", "117")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140022", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140028", "121")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140028", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140025", "123")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140025", " 02 unhas de pá carregadeira")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140030", "124")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140030", " 02  tanques de caminhão")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140032", "126")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140032", " 02 bancos")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140055", "128")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140055", " Bancada de teste Wabco")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140059", "131")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140059", " Maquina de rebitar freio")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140057", "132")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140057", " Maquina de rebitar freio")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140061", "133")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140061", "01 bicicleta cargueira")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140062", "134")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140062", "1 Compressor")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140037", "135")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140037", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140034", "137")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140034", " Carroceria de D-20")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140039", "139")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140039", " 7 filtros Tecfil  PSL523")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140070", "141")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140070", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts - sem pneus /rodas (azul)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140080", "142")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140080", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (azul)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140082", "143")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140082", " Carreta reboque / Julieta ano 1988 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (azul)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140077", "144")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140077", " Carreta reboque / Rodoviária ano 1988 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (amarelo)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140073", "145")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140073", " Carreta reboque/Justari RC 1575 ano 1995 - canavieira cana picada, tomba lado direito- 8,20mts -sem pneus /rodas (azul)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140085", "146")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140085", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (amarelo)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140104", "201")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140104", "Pá Carregadeira New Holland. Mod. 130 B. Ano 2018. Zero horas. Sem painel. Motor e transmissão desinstalados.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140122", "202")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140122", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140103", "203")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140103", " Calandra hidráulica de grande capacidade. Medidas: esp. 1.1/2” x 2.500 mm. Reformada. Em bom estado.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140105", "204")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140105", "Empilhadeira marca Maximal – capac. 4,5 Ton – Ano 2014 – toda revisada. Operacional")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140132", "205")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140132", " Semi Reboque Canavieiro – marca Fachinni – Ano 2009. sem pneus e rodas")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140127", "206")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140127", "  Afiadora de Brocas – marca Mello")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140131", "207")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140131", "  Trator agrícola – Marca – Volvo – 350")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140133", "208")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140133", " Torno horizontal – marca – Wroctaw")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140129", "209")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140129", " Furadeira radial – marca Rocco – modelo R-35")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140130", "210")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140130", " Furadeira radial – marca Nardini – modelo – FRN-60")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140128", "211")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140128", " Lote de Eixos rodoviários e Eixos rodoviários com ralas. Totalizando 14 peças no total ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140144", "212")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140144", "Caminhão VW 13.180 - Ano 2006 - Acoplado com cesto aéreo duplo - altura: 12 metros - com cabine auxiliar para 04 pessoas - motor feito recentemente")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140143", "213")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140143", "Carreta Prancha marca Lençóis. Mod. SRL SRPCT.  Ano 2008. Capacidade de carga: 70 toneladas. 4 eixos")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141101", "300")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141101", "03 Sucatas de EMPILHADEIRA YALE 90VX .Anos: 2008 / 2009 / 2011. Aprox. 13 toneladas.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...121 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141429", "301")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141429", "VW SAVEIRO 1.6 CS FLEX ANO 2012 / 2013")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...500 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140139", "703")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140139", "CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. CAMINHÂO NO CHASSI. EQUIPAMENTO NÂO INCLUSO.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...2362 lines deleted...]
-      <c r="E111" s="5" t="inlineStr">
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140140", "704")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140140", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F111" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E112" s="5" t="inlineStr">
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140141", "705")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140141", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F112" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E113" s="5" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140142", "706")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140142", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013.REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F113" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140088", "801")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140088", "[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>399.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140089", "901")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140089", "MERCEDES BENZ AXOR 2540 S. ANO 2008. FUNCIONANDO.")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140090", "902")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140090", "IVECO STRALIS 600S44T. ANO 2013/2014. FUNCIONANDO.")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>