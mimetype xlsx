--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140823", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140823", "MMC/L200 TRITON FLEX; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141106", "060")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141106", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2020/2020; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>129.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140827", "064")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140827", "DAFRA/ NEXT 250; 2015/2016; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140822", "085")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140822", "GM/S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140826", "091")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140826", "GM/S10 2.2 D; 1997/1998; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141055", "092")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141055", "veja o vídeo!! CHEV/PRISMA 1.4MT LT; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 66.953,00")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>148</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141105", "093")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141105", "I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140832", "097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140832", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2016/2017; PRETA; ALCO./GASOL. - IPVA 2022 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>60.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140820", "099")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140820", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140825", "100")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140825", "I/HYUNDAI HR HDLWBSC; 2007/2008; COR FANTASIA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>41.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140824", "101")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140824", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140821", "102")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140821", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140831", "103")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140831", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: 90.652,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140828", "104")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140828", "HYUNDAY/HB20S 10M EVOLUT; 2020/2021; CINZA, ALCO./GASOL.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>44.090,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140829", "106")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140829", "CAMINHÃO FORD 11000; 1990/1990")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141054", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141054", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2016/2016; PRATA; DIESEL - FUNCIONANDO - R$ 148.466,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140833", "109")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140833", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140835", "110")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140835", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140838", "111")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140838", "I/FORD FOCUS 2.0L HA; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140839", "116")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140839", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.957,00")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140834", "120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140834", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141100", "124")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141100", "veja o vídeo!! GM/S10 COLINA S; 2006/2006; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140840", "127")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140840", "CAMINHÃO MERCEDES BENZ; 1991/1991; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>92.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140837", "130")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140837", "VW/FUSCA 1300; 1976; BRANCO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...468 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140836", "135")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140836", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140841", "141")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/140841", "veja o vídeo!! FIAT/DOBLO RONTAN AMB; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>