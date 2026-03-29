--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9593", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9593", "I; BMW X3 2.5 SI PC71; 2007/2007; PRATA; GASOLINA; BLINDADO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9600", "203")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9600", "FIAT STRADA, ANO/MOD 2012/2012, ALCO./GASOLINA, BRANCA - ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9594", "205")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9594", "I; VW PASSAT 2.0 FSI; 2006/2006; PRETA; GASOLINA; BLINDADO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9541", "213")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9541", "HONDA, CIVIC LXS (AUT.), 2007/2007; ALCO/GASOL.; CINZA; BLINDADO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9597", "214")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9597", "TOYOTA, COROLLA SEG FLEX, 2008/2009, ALCO./GASOL. PRETA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9606", "215")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9606", "DODGE; JOURNEY SXT; 2010/2010; PRATA; GASOLINA; 7 LUGARES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9542", "227")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9542", "TROLLER/ T4 XLT 3.2; 2014/2015; AZUL; DIESEL; APROX; 23.000KM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9546", "235")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9546", "FIAT STRADA ADVENTURE CD 1.8 8V, ANO/MOD 2010/2010, ALCO./GASOLINA, PRETA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9601", "240")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9601", "HONDA; CR-V LX; ANO/MOD. 2010/2010; GASOLINA; PRATA; ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9539", "242")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9539", " HONDA; CITY EX FLEX; 2010/2010; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9598", "243")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9598", "I/ VOLVO XC60 2.0 T5  R-DES, ANO/MOD. 2013/2014, COMB. GASOLINA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9607", "250")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9607", "HONDA; FIT LX; ANO/MOD. 2005/2005; GASOLINA; VERDE; ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>12.550,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9608", "251")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9608", "I; KIA SORENTO EX 2.5 CR3; 2006/2007; PRATA DIESEL; ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9543", "253")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9543", "JETSKI SEA DOO 1997 + CARRETA/REBOQUE ITAGRI, 2011/2011; BRANCA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9544", "254")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9544", "FIAT/ STRADA ADVENTURE CD, ANO/MOD 11/12, COR VERMELHA, FLEX")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>27.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9599", "255")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9599", "SUZUKI; SX4 4WD; BRANCA; 2011/2012; GASOLINA; ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9609", "256")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9609", "VW; 24.250; CNC 6X2; 2009/2009; BRANCA; CAT. ALUGUEL;")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>