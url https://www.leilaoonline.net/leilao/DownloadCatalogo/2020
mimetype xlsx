--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142120", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142120", " Gerador MGT-11000CLE - 220/380 - 60Hz 12.5kva - Gasolina")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142128", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142128", " Armário")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142151", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142151", " Compressor SCHULZ MSWV 60 FORT - 220/380V - 60hz")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.699,99</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142126", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142126", " Compressor Schulz CSA - 8.2 - 220V - 60hz")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142122", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142122", " Compressor Schulz CSL-20BR - 220/380V - 60hz")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142140", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142140", " Máquina de solda Castolin Eutetic - 220/380/440V - 60/35/30 A - 50/60hz")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142136", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142136", " Lote com: 2 unid. Projetor de perfil Mitutoyo PJ300")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142145", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142145", " Máquina de fabricação de rolos de lixa ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142150", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142150", " Micromotor Beltec LB100")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142132", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142132", " Balança Semi analítica - Marte AL 500")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142130", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142130", " Lote com: 3 unid. Máquinas sem identificação")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142131", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142131", " Lote com: Microscópios ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142142", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142142", " Lote com: 2 unid. agitador magnético com aquecedor - Speed Lab ; Quimis")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142144", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142144", " Retificadora - 230V - 60Hz")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142148", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142148", " Martelete Makita HM1306")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142153", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142153", " Lote com: 3 unid. Motor com bomba - WEG")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142149", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142149", " Lote com: 3 unid. Pulverizador de tinta - ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142135", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142135", " Conversor de torque Schneider")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142121", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142121", " Lote com: 4 unidades de bomba manual para óleo - Lupus")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142124", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142124", " Máquina para banho de aquecimento - Nalgon")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142158", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142158", " Bomba dágua submersa SK MT")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142157", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142157", " Lote com: 5 unid. Mangueiras ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142137", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142137", " Rebitadeira Pneumática industrial ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142155", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142155", " Trocador Mecalor MSW - 15-RI-220/C  - 220V - 60Hz")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142141", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142141", " Torre de refrigeração - Somente torre")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142138", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142138", " Lote com: 45 unid. Estantes de Aço industrial com bandejas reforçadas - 2.00 x 0,92 x 0,60")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142125", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142125", " Lote com: 16 placas de vidro")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142129", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142129", " Sistema de gravação a Laser - Monitor teclado e mouse - Motron Omnitek - Motor mr210-pr230")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142152", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142152", " Lote com: Pistola quente; Lâmpada fluorescente/ refletor; 3  Lâmpadas grandes;  6 tintas; serrote; Luminária; Máquina de cartão; Têrmometro portátil; Aplicador de silicone")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142134", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142134", " Lote com: Furadeiras")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142160", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142160", " Rugosímetro Leeb 462 e mitutoyo")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142147", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142147", " Lote com: Disjuntores; alicate; filtro; placa pneumática; medidor de ruído ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142133", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142133", " Gaveteiro de ferro ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142168", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142168", " Lote com: rolos de tinta; copos descartáveis; potes de plástico; peneiras")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142159", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142159", " Lote com: Mola; tubos e conexões; Multímetro; potenciômetro; tomadas e itens elétricos; contador digital; mini contador")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142156", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142156", " Lote com: 16 unid. Capacetes de Segurança")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142164", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142164", " Detector de metais ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142163", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142163", " Exaustor comercial")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142123", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142123", " Lote com: Relês; resistências; dispositivo pneumático; conjunto pinça; canteadeiras conjugadas")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142162", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142162", " Lote com: Brocas; imãs; cavalete; cantoneira")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142165", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142165", " Lote com: 22 caixas de niquilação e 37 gaveteiros( grandes e pequenos) ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142154", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142154", " Lote com: 2 unid. Seladoras ; testeiras de display de balcão; Morsa 5 pol.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142143", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142143", " Lote com: Válvulas para maq.solda; Porta cédulas e moedas; gabarito 80 furos; micro QBS4; leitor de código de barra; leitor de Hd ext. ; Projetor")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142161", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142161", " Lote com: Itens de informática; fontes;webcam; cpu; HD; No break; Switch")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142139", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142139", " Lote com: Contapar; cavaletes de ferro; peças de aspirador de pó; motor.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142169", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142169", " Máquina - sem informações")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142167", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142167", " Lote com: Suporte para Erlenmeyer; Parte superior de torno")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...459 lines deleted...]
-      <c r="A36" s="5" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142166", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142166", " Andaimes")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B36" s="4" t="inlineStr">
-[...717 lines deleted...]
-      </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142146", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142146", " Lote com: 3 und. Ar condicionado")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>