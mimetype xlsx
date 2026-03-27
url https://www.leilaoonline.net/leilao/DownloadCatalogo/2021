--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142585", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142585", " Compactador Usimeca - 19m - 2014")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142591", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142591", " Compactador Usimeca - 19m - 2014 - ( CAIXA 01 ) ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142603", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142603", " Compactador Usimeca - 19m - 2014 - ( CAIXA 02 ) ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142589", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142589", " Lote com: 6 unidades de pistão Hidráulico ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142592", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142592", " Compactador Simasp 15 m ( CAIXA 02 )")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142588", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142588", " Compactador Simasp 15 m ( CAIXA 01 ) ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142587", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142587", " Pistão")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142601", "100")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142601", " Compactador Planalto 2013 - 19mt - funcionando - completo")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142600", "101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142600", " Eixo dianteiro 10 furos completo - Ford cargo e Vw")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142598", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142598", " Lote com: 4 feixo de mola completos - 2 Diant. 2 Tras. - Ford Cargo e vw")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142602", "103")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142602", " Cambio Automático vw 17.250")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142599", "104")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142599", " Cambio automátio vw 9.150")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142609", "201")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142609", " Lote com: 10430 unid. Parafusos brocante. - 580 pçs toner - 325 kg de vareta -  700kg eletrodo ( conforme descritivo) ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142608", "202")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142608", " Lote com: 01 rolamento 22326 cak w33 c3 - 28 peças de eixo sem fim de motor redutor wf2004")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142611", "203")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142611", " Unidade hidráulica BRI66SS Stratton 500 - série 158 cc")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142613", "204")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142613", " Lote com: arames, eletrodos, bicos de plasma, corpo de tocha plasma, bocal plasma e retentores ( conforme descritivo ) ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142610", "205")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142610", " Lote com: peças de engate, peças de relé, peças de disjuntor , secador, válvulas, abraçadeiras , fechaduras ( conforme descritivo ) ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142612", "206")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142612", " Lote com: 27kg de varetas de ferro fundido 60/40 - 1.6 bitola , 8.8 kg de varetas Ferro Fundido 60/40")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143829", "207")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143829", "30 quilos de eletrodo de ferro fundido limável ref.:  esab 9218 bitola de 3.25  - Produto vencido")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143830", "208")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143830", "Relé de partida e pivô inferior ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142604", "401")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142604", "Almoxarifado - Galvanizados Niple longo ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142605", "402")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142605", "Almoxarifado - Galvanizados Niple longo e duplo - bucha - cotovelo - tee red - união ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142606", "403")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142606", "CHEVROLET C10 1963 - Gasolina - Final placa: 3")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142607", "404")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142607", "GM CHEVETTE 1975 - GASOLINA - final placa: 6")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>