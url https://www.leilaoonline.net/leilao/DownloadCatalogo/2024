--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,2619 +269,2295 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143142", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143142", "MOTOR MERCEDES BENS 366 PARCIAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143527", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143527", " 02 COMANDOS HIDRÁULICOS PARA EMPILHADEIRA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143100", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143100", "[ VÍDEO ] EIXO DIFERENCIAL DIANTEIRO RK 430")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143101", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143101", " TORRE EMPILHADEIRA YALE 90VX PARA 4,5 TONELADAS TRIPLEX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143524", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143524", " RADIADOR DE EMPILHADEIRA YALE")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143140", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143140", " BLOCO CAT 3406 4N6019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143515", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143515", " TRANSMISSÃO DE EMPILHADEIRA 90VX ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143102", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143102", " MOTOR NISSAN COM DIFERENCIAL E CAMBIO P EMPILHADEIRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143529", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143529", " MOTOR CUMMINS BIG CAN NT855 NO ESTADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143523", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143523", " CONCHA PRA RETROESCAVADEIRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143141", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143141", " 02 UNIDADES DE RABICHO PRA TRATORES DE ESTEIRAS D8K")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143117", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143117", " COMPRESSOR SULLAR MOTOR PERKINS 4 CILINDRO OPERACIONAL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143520", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143520", " MESA PARA EMPILHADEIRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143103", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143103", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143108", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143108", " EIXO DIFERENCIAL TRASEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143106", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143106", " EIXO DIFERENCIAL TRASEIRO EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143104", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143104", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143105", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143105", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 50VX")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143514", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143514", " 02 GARFOS PARA EMPILHADEIRA DE 1,00MT E 01 DE 1,20 MT")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143107", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143107", " 02 EIXOS DIFERENCIAIS TRASEIROS DE EMPILHADEIRA 50VX E 90VX")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143513", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143513", " CONCHA PRA MAQUINA DE 22 TONELADAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143516", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143516", " TORRE PRA EMPILHADEIRA TRIPLEX 7 TONELADAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143143", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143143", " PISTÃO DE LEVANTAMENTO DE CAÇAMBA DO RK 425 E 430")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143517", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143517", " PAR DE GARFO PRA EMPILHADEIRA: 01 DE 2.00MT E 01 DE 2,40MT ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143109", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143109", " TORRE EMPILHADEIRA YALE 155VX PARA 7,5 TONELADAS TRIPLEX")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143531", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143531", " 02 BANCOS. APLICAÇÃO EM EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143534", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143534", " 03 MESAS PARA EMPILHADEIRA YALE 7 TONELADAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143532", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143532", " 06 BUJÕES DE GÁS P20 VAZIOS ANO 2022")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143112", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143112", " TORRE DE EMPILHADEIRA 190VX DUPLEX")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143116", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143116", " TORRE DE EMPILHADEIRA TRIPLEX 5 TONELADA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143519", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143519", " 02 RODAS GUIAS DE ESCAVADEIRA CX220 E CX240")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143525", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143525", " 02 DIFERENCIAIS TRASEIROS DESMONTADOS RK430")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143113", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143113", " TORRE DE EMPILHADEIRA COM DIFERENCIAL DIANTEIRO E GARFO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143521", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143521", " BLOCO CUMMINS ISL9 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143111", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143111", " TORRE  DE EMPILHADEIRA YALE 190VX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143518", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143518", " RODA DE PÁ CARREGADEIRA 950F")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143526", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143526", " APROX. 31 PNEUS COM RODA PARA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX (8.25X15, 7.00X12, 28.9X15,6.50X10")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143129", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143129", "CAIXA D'ÁGUA MARRON 10.000L. MATERIAL: POLIPROPILENO   ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143528", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143528", " RADIADOR DE ROLO DINAPAC")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143530", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143530", " CAIXA DE FERRAMENTA ESCAVADEIRA KOMATSU PC160")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143533", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143533", " 05 PNEUS COM RODA PARA CAMINHÃO 10.00X20 16 LONAS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143148", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143148", " EIXO DIANTEIRO EMPILHADEIRA DE 7 TONELADAS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143145", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143145", " CUBO DO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143522", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143522", " EIXO DIANTEIRO COM 2 PNEUS  MOD.1113")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143146", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143146", " PACOTE DO DIFERENCIAL DIANTEIRO COM EIXO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143110", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143110", " MOTOR CUMMINS QSB3,3 4CILINDRO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143147", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143147", " TANQUE HIDRAULICO  MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143114", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143114", " MOTOR CUMMINS ELETRONICO 6 CILINDRO NO ESTADO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143548", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143548", " 02 RODAS: DE RK 425 E 430 ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143545", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143545", " EIXO DIANTEIRO DO FORA DE ESTRADA WABCO 35C")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143149", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143149", " PAR DE PISTÕES DO CAIXOTE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143544", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143544", " 02 PNEUS 23.5X25 COM RODA PÁ CARREGADEIRA 950F")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143119", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143119", " EIXO DE CAMINHÃO MERCEDES COM 3 RODAS MODELO 1.500")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143150", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143150", "CABINE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143546", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143546", " RODA GUIA DO D6M")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143547", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143547", " MOTOR CAT 3306 BICO CANETA E BOMBA NEW SCROLL OPERACIONAL")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143549", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143549", " RADIADOR ESTACIONARIO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143543", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143543", " MOTOR PERKINS 3C INJEÇÃO INDIRETA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143774", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143774", " ROLO VAP 70 DESMONTADO ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143770", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143770", " GERADOR ANO 2007 NO ESTADO ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143775", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143775", " PAR DE RODAS DO FORA DE ESTRADA WABCO 35C")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143124", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143124", " MAQUINA SHANTUY  SD16 DESMONTADA ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143121", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143121", " MOTOR SCANIA PARCIAL SD11")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143126", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143126", " MOTOR SCANIA NO ESTADO DS11")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143771", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143771", " PERFURATRIZ ATLAS COPCO DE PNEUMATICA PW 5.000")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143776", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143776", " RADIADOR PA CARREGADEIRA DE ESTEIRA 977")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143778", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143778", " PAR DE RODA GUIA CX240")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143123", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143123", " MOTOR CUMMINS SMALL CAM ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143125", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143125", " PORTA CAT 320")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143122", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143122", " PORTA CASE CX 220")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143128", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143128", " PÁ CARREGADEIRA  MAHPEX XV350K ANO 2014")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143130", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143130", "TRANSMISSÃO CATERPILLAR 950F, 936FE 960F")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143131", "081")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143131", " CABINE 950F")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143132", "087")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143132", "[ VÍDEO ] PERFURATRIZ ATLAS COPCO FLEXIROC T35 ANO 2012 COM APROX. 20.199 HORAS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>390.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143133", "092")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143133", "DIFERENCIAL TRASEIRO DESMONTADO 924G")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143134", "093")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143134", " 04 RODAS 255/55 ARO 18")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143137", "097")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143137", " CONCHA ESCAVADEIRA CAT 336")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143135", "098")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143135", " CONCHA ESCAVADEIRA CAT 374")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143136", "099")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143136", " REDUTOR TARTARUGA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143139", "102")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143139", "PAR DE TRUQUE DO D6")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...2509 lines deleted...]
-      </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143138", "103")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143138", " LÂMINA DO D6")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>