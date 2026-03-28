--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141086", "095")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141086", "HONDA/HR-V EX CVT; 2020/2020; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141932", "096")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141932", "veja o vídeo!! HONDA/WR-V EX CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141065", "097")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141065", "veja o vídeo!! I/LR DISCOVERY SDV6 SE; 2014/2015; AZUL; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141064", "098")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141064", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2016/2017; PRETA; ALCO./GASOL. - IPVA 2022 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141482", "099")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141482", "HYUNDAI/CRETA 20A PRESTI; 2019/2020; PRATA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - APROX. 30.700KM - FIPE: 113.700,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>72.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141902", "100")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141902", "veja o vídeo!! HONDA/FIT PERSONAL; 2020/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 14.800KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141057", "101")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141057", "veja o vídeo!! I/VW AMAROK CD 4X4 HIGH; 2012/2012; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141473", "102")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141473", "veja o vídeo!! HONDA/WR-V EX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 85.928,00")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141435", "103")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141435", "veja o vídeo!! TOYOTA/YARIS HA PLS15CNT; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - FIPE: 90.652,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141056", "104")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141056", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141476", "105")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141476", "veja o vídeo!! I/MINI COOPER S; 2009/2010; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>47.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141474", "106")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141474", "veja o vídeo!! HYUNDAI/HB20X 16A EVOLUT; 2021/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 91.207,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>60.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141438", "107")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141438", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2016/2016; PRATA; DIESEL - FUNCIONANDO - R$ 148.466,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>99.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141457", "108")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141457", "veja o vídeo!! HYUNDAI/HB20S 1.6A PREM; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141436", "109")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141436", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.957,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141102", "110")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141102", "NISSAN/MARCH 16SV; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>37.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141058", "111")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141058", "veja o vídeo!! TOYOTA/ETIOS HB X; 2016/2016; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141059", "112")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141059", "veja o vídeo!! LR/EVOQUE P240 SE; 2018/2018; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141066", "113")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141066", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2013; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141439", "114")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141439", "CAMINHÃO MERCEDES BENZ; 1991/1991; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141077", "115")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141077", "HONDA/CITY LX FLEX; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141928", "116")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141928", "veja o vídeo!! I/MMC OUTLANDER 2.0; 2015/2016; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>52.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141067", "117")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141067", "veja o vídeo!! FIAT/SIENA ATTRACTIV 1.4; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141071", "118")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141071", "veja o vídeo!! CHEVROLET/ONIX 1.4AT ACT; 2018/2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141068", "119")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141068", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141074", "120")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141074", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141069", "121")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141069", "veja o vídeo!! CHEVROLET/CRUZE LT NB; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141076", "123")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141076", "I/HYUNDAI SONATA GLS; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141472", "124")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141472", "veja o vídeo!! VW/SAVEIRO 1.6 SUPERSURF; 2003/2004; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141070", "125")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141070", "VW/SPACEFOX 1.6 GII; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141072", "126")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141072", "HONDA/SH 300I; 2018/2018; MARROM; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141903", "127")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141903", "veja o vídeo!! GM/S10 COLINA S; 2006/2006; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141085", "129")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141085", "veja o vídeo!! VW/CROSSFOX GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>24.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141079", "131")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141079", "veja o vídeo!! TOYOTA/ETIOS HB XS 15; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141078", "133")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141078", "veja o vídeo!! VW/PARATI CELA 1.8; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141437", "141")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141437", "veja o vídeo!! FIAT/DOBLO RONTAN AMB; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141081", "142")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141081", "I/VW AMAROK CD 4X4 S; 2012/2013; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141082", "300")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141082", "VW/GOL 1.0 GIV; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...990 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141083", "350")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141083", "veja o vídeo!! JOGO DE RODAS COM PNEUS ARO 17 COM PNEUS 205/40")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141084", "351")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141084", "JOGO DE RODAS ARO 18; TALA 7; MARCA NOOVA; MULTIFURO 4X100/108; MODELO NV12")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>