--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9612", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9612", " Caminhão VW 16.200 ANO: 1999 CHASSI: 9BWY2TGF5YRX11859 PATRM.: 2010 PLACA: CZB 3336")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9613", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9613", " Caminhão VW 26.220 ANO: 2008 CHASSI: 9BW4782U38R830920 PATRM.: 2008 PLACA: EAC 8693")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9611", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9611", " Trator Case Maxxum 125 ANO: 2009 Série: Z8BE22975 PATRM.: 5063")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9615", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9615", " Trator Case MXM 180 ANO: 2010 Série: ZACD66586 PATRM.: 5083")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9610", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9610", " Trator Case MXM 180 ANO: 2008 Série: Z8CD33013 PATRM.: 5003")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9614", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9614", " Trator Case MXM 180 ANO: 2010 Série: ZACD66783 PATRM.: 5082")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9616", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9616", " Trator Case MXM 150 ANO: 2008 Série: Z8CD34441 PATRM.: 5009")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9617", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9617", " Trator Case MXM 180 ANO: 2008 Série: Z8CD33012 PATRM.: 5002")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9619", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9619", " Trator Case MXM 180 ANO: 2008 Série: Z8CD33039 PATRM.: 5004")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9620", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9620", " Trator Case MXM 180 ANO: 2008 Série: Z8CD33265 PATRM.: 5006")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9618", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9618", " Trator Case MXM 180 ANO: 2008 Série: Z8CD33062 PATRM.: 5005")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9623", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9623", " Distribuidor de Fertilizantes ANO: 2010 PATRM.: 6087")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9621", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9621", " Transbordo TBCP 10000 ANO: PATRM.: 8533")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9622", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9622", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8552")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9624", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9624", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8553")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9625", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9625", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8558")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9627", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9627", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8564")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9626", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9626", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8567")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9629", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9629", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8568")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9628", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9628", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8563")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9630", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9630", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8531")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9631", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9631", " Transbordo TBCP 10000 ANO: 2008 PATRM.: 8521")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9632", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9632", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8562")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9633", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9633", " Transbordo TBCP 10000 ANO: 2008 PATRM.: 8519")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9634", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9634", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8554")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9637", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9637", " Transbordo TBCP 10000 ANO: 2008 PATRM.: 8512")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9635", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9635", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8556")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9636", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9636", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8543")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9641", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9641", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8561")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9638", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9638", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8560")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9639", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9639", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8559")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9640", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9640", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8565")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9644", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9644", " Transbordo TBCP 10000 ANO: 2010 PATRM.: 8557")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9642", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9642", " Transbordo TBCP 10000 ANO: 2009 PATRM.: 8555")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9643", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9643", " Cobridor de Cana 2 Linhas ANO: 2007 PATRM.: 6186")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9645", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9645", " Trator MF 650 4x4 ANO: 2006 PATRM.: 5015")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1118 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9646", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9646", " Hidro Roll ANO: 2006 PATRM.: 6130")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>