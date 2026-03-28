--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141445", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141445", " FORD CARGO 1723 - 6X2  - CAMINHAO SEM IMPLEMENTO (NO CHASSI).  PLACA:  OKN0336 ANO/MOD:  2012 RENAVAM:  485167980 CHASSI:  9BFYEAHD5DBS16931 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141443", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141443", " FORD CARGO 1723 - 4X2  - CAMINHAO SEM IMPLEMENTO (NO CHASSI).  PLACA:  OUO1831 ANO/MOD:  2013. RENAVAM:  567450902. CHASSI:  9BFYEAHD1DBS42216 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141444", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141444", " VW 17.280 - 6X2 - SEM O 4º EIXO -  NO DOC. CONSTA: Peso bruto 23T equivale ao 3º eixo (6x2)  - CAMINHAO SEM IMPLEMENTO (NO CHASSI). PLACA:  FMN0859 ANO/MOD:  2013/2014 RENAVAM:  996004769. CHASSI:  953658248ER417004 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141442", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141442", " VW 17.250 - 6X2  - CAMINHAO SEM IMPLEMENTO (NO CHASSI).  PLACA:  NLY6838 ANO/MOD:  2010/2011 RENAVAM:  280254920. CHASSI:  9534NB242BR116621 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141441", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141441", " FORD CARGO 1722 - 8X2  - CAMINHAO SEM IMPLEMENTO (NO CHASSI).  PLACA:  AUG9H29 ANO/MOD:  2011. RENAVAM:  339241810. CHASSI:  9BFYCE7V3BBB81121 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141446", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141446", "COMPRESSOR DE AR - MODELO: 100L2 / Nº 360912 . no estado ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141447", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141447", "COMPRESSOR DE AR - MODELO: 100L / S/Nº . no estado. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142170", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142170", "CAIXA BROOKS 5 M3 - Referência nº 01 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142171", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142171", "CAIXA BROOKS 5 M3 - Referência nº 02 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142172", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142172", "CAIXA BROOKS 5 M3 - Referência nº 03 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142173", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142173", "CAIXA BROOKS 5 M3 - Referência nº 04 QUANTIDADE DE CAIXAS:  2  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142174", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142174", "CAIXA BROOKS 5 M3 - Referência nº 05 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142175", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142175", "CAIXA BROOKS 5 M3 - Referência nº 06 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142176", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142176", "CAIXA BROOKS 5 M3 - Referência nº 07 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142177", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142177", "CAIXA BROOKS 5 M3 - Referência nº 08 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142178", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142178", "CAIXA BROOKS 5 M3 - Referência nº 09 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142179", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142179", "CAIXA BROOKS 5 M3 - Referência nº 10 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142180", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142180", "CAIXA BROOKS 5 M3 - Referência nº 11 QUANTIDADE DE CAIXAS:  4  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142181", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142181", "CAIXA BROOKS 5 M3 - Referência nº 12 QUANTIDADE DE CAIXAS:  2  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142182", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142182", "CAIXA BROOKS 5 M3 - Referência nº 13 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142183", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142183", "CAIXA BROOKS 5 M3 - Referência nº 14 QUANTIDADE DE CAIXAS:  5  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142184", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142184", "CAIXA BROOKS 5 M3 - Referência nº 15 QUANTIDADE DE CAIXAS:  4  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142185", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142185", "CAIXA BROOKS 5 M3 - Referência nº 16 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142186", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142186", "CAIXA BROOKS 5 M3 - Referência nº 17 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142187", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142187", "CAIXA ROLL ON/OFF 15 M3 - Referência nº 01 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>