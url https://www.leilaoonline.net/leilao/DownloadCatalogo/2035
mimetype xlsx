--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142188", "103")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142188", " CHASSI - ESPECIAL MICROONIBUS M.BENZ/LO 814 ANO/MOD:   2000. PLACA:  GXH-7389 RENAVAM:  740379828 CHASSI:  9BM688176YB236310 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142192", "106")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142192", " CHASSI CAMINHÃO MB 915 E - SUCATA SEM DOCUMENTOS . NO ESTADO.  ANO/MOD:   2011. PLACA:  BCF 2187 CHASSI:  9BM688244BB770675 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142189", "107")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142189", " CHASSI CAMINHÃO MB 915 E - SUCATA SEM DOCUMENTOS . NO ESTADO.  ANO/MOD:   2006. PLACA:  ANY2976.  CHASSI:  9BM6882446B485030 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142191", "108")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142191", " CHASSI CAMINHÃO MB 915 E - SUCATA SEM DOCUMENTOS . NO ESTADO.  ANO/MOD:   2006. PLACA:  AOL8J66 CHASSI:  9BM6882446B492028 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142190", "109")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142190", " CHASSI CAMINHÃO MB 915 E - SUCATA SEM DOCUMENTOS . NO ESTADO.  ANO/MOD:   2007. PLACA:  AON9B51 CHASSI:  9BM6882447B519851 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>