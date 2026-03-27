--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143613", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143613", " TRATOR JOHN DEERE MOD. 5078 ano 2016 / APROX. 2.300 HRS ./ CÂMBIO E ELÉTRICA OK / AR CONDICIONADO FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>178.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143611", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143611", "[ VÍDEO ] TRATOR JOHN DEERE MOD. 6165J ano 2011/  APROX. 9.000 HRS / 4 PNEUS RESSOLADOS NOVOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141969", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141969", "[ VÍDEO ] CHRYSLER / TOWN COUNTRY ANO 2007 / 2008 GASOLINA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143539", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143539", " Trator Ford 6600 concha /ano não informado/motor aparente com junta queimada")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143535", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143535", " Mini Escavadeira mod. Melroe ano 1998/ não acompanha motor de perfuração/acompanha itens que estão nas fotos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141961", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141961", "FORD/CARGO 4331 ANO 2004/04")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143536", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143536", " 2 Blocos de motor John Deere 6090")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141959", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141959", " GM  CHEVROLET DIESEL ANO 1972/1972 - c/ poliguindaste")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143612", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143612", "[ VÍDEO ] CAMINHÃO MB / 17/20K ANO 1999 - ESPARGIDOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143614", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143614", " PAR DE PARALAMAS TRASEIRO TRATOR JOHN DEERE ( linha trator 7J)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143615", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143615", " CAMINHÃO FORD / CARGO 1729L ANO 2013/ 2014 - 4º EIXO / AR CONDICIONADO / CABINE LEITO C/ CAMA / PNEUS NOVOS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>193.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141953", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141953", " Cabine suplementar marca Gascom 2 portas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141939", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141939", "Plantadeira Jumil mod. 2880. Ano 2002")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143619", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143619", "PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1978 - 4 PNEUS RESSOLADOS / TRANSMISSÃO REVISADA / MOTOR OK - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141936", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141936", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141937", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141937", "Alongadores Valtra")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141934", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141934", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141938", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141938", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141955", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141955", " Carrocerria oficina com armários marca Gascom")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143541", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143541", " Carroceria prancha fixa ano 2013 / rampa hidráulica c/ pistão - reforçada")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143540", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143540", " Mini Escavadeira mod. Alicerce - sem uso")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141946", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141946", "SEMI REBOQUE FACCHINI ANO 1997")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143538", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143538", " Varredeira Marca Ausa ano 2012 /2.290 hrs/motor funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141958", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141958", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141957", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141957", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141948", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141948", "Redutor hidráulico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143537", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143537", " CAMINHÃO MB / LK 2325 Ano 1990 / 91")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143620", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143620", "EMPILHADEIRA TOYOTA ANO 2005 - CAPAC.1.8 TON. A GÁS - (NÃO ACOMPANHA CILINDRO). FUNCIONANDO.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141935", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141935", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141956", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141956", " Baú refrigerado Gancheiro assoalho canelado ano 2013")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...153 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143621", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143621", "EMPILHADEIRA DAEWOO ANO 1998 - CAPAC.2.5 TON. A GÁS - (NÃO ACOMPANHA CILINDRO). FUNCIONANDO.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143623", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143623", "EMPILHADEIRA YALE ANO 1989 -CAPAC. 2,5 TON. - MOTOR DIESEL . FUNCIONANDO.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141960", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141960", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141941", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141941", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...121 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141942", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141942", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...57 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141951", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141951", " Scania T 112 HW. 4x2. Ano 1990")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141949", "049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/141949", " Carroceria borracheira Gascom. Ano 2014")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>