--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142570", "18120")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142570", "veja o vídeo!! CAMINHÃO SCANIA/G 420 B6X4; 2011/2011; BRANCO; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>196.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142572", "18121")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142572", "veja o vídeo!! CAMINHÃO SCANIA/G 420 B6X4; 2009/2009; BRANCO; DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>171.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142573", "18122")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142573", "veja o vídeo!! COLHEDORA CASE 8800 PNEU; ANO 2012")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142574", "18123")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142574", "veja o vídeo!! CAMINHÃO SCANIA/G 420 B6X4; 2011/2011; BRANCO; DIESEL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>183.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142580", "18124")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142580", "veja o vídeo!! TRATOR AGRALE BX6180; ANO 2010")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142583", "18125")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142583", "CARROCERIA COMBOIO (01)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142584", "18126")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142584", "CARROCERIA COMBOIO (03)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142575", "18127")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142575", "veja o vídeo!! CAMINHÃO M.BENZ/L 2325 BASCULANTE; 1991/1992; AZUL; DIESEL")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142593", "18128")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142593", "GRADE C 16 DISCOS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142576", "18129")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142576", "CAMINHÃO GM/CHEVORLET 13000; TANQUE; 1986/1987; BEGE; DIESEL ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142594", "18130")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142594", "TANQUE DE AÇO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142595", "18131")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142595", "TRATOR AGRALE MOD. 5085.4; ANO 2009 (DESMONTADO FALTANDO PEÇAS)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142596", "18132")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142596", "GERADOR WEG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142581", "18133")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142581", "veja o vídeo!! TRATOR M. FERGUNSON 297; ANO 2004")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142582", "18134")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/142582", "CARREGADEIRA  J.DEERE MOD 6415; ANO 2008")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>83.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>