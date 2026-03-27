--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2811 +269,2463 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143393", "494")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143393", " 293253-9 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143320", "495")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143320", " 292435-8- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143390", "496")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143390", " 292706-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143311", "497")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143311", " 292433-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP               ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143317", "498")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143317", " 293252-1 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143314", "499")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143314", " 292436-6- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143312", "506")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143312", " 272487-1- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>34.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143378", "507")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143378", " 273032-4- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>34.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143340", "512")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143340", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143344", "551")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143344", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143355", "627")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143355", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143341", "646")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143341", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143328", "783")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143328", " 263293-4- FIESTA 1.6 FLEX SEDAN, ANO 2013/2014, LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143334", "784")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143334", " 265642-6- FIESTA 1.6 FLEX SEDAN, ANO 2014/2014, LOC. SÃO PAULO/SP      ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143321", "785")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143321", " 272488-0- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>34.900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143333", "787")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143333", " 292430-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143323", "788")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143323", " 292707-1- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143316", "789")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143316", " 292708-0- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP     ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143326", "790")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143326", " 293250-4- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143324", "792")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143324", " 322996-3- CHEVROLET COBALT 1.8 LTZ, ANO 2018/2019, LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50.601,60</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143322", "793")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143322", "  277924-2-AZERA 3.0 HYUNDAI GASOLINA, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143335", "795")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143335", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.820,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143336", "796")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143336", "16 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.080,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143337", "797")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143337", "17 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143331", "840")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143331", " 292427-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143318", "841")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143318", " 292431-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143332", "842")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143332", " 292428-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                      ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143319", "843")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143319", " 293249-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017,LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143325", "845")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143325", " 292429-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143329", "846")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143329", " 292432-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143307", "2045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143307", " 5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144174", "2046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144174", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144175", "2047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144175", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144176", "2048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144176", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144177", "2049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144177", " 5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144178", "2050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144178", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144179", "2051")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144179", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143347", "2052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143347", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143291", "2053")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143291", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143290", "2058")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143290", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143283", "2059")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143283", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143287", "2060")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143287", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143282", "2061")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143282", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.730,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143293", "2062")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143293", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143294", "2063")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143294", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143358", "2064")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143358", " 5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143301", "2066")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143301", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143300", "2067")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143300", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143309", "2068")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143309", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143310", "2069")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143310", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143367", "2070")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143367", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143360", "2072")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143360", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143362", "2073")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143362", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143376", "2074")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143376", " 293248-2- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144180", "2075")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144180", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144181", "2076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144181", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144182", "2077")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144182", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144183", "2078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144183", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144184", "2079")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144184", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143289", "4181")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143289", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143296", "13465")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143296", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144186", "13466")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144186", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143369", "13467")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143369", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143361", "13468")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143361", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143371", "13469")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143371", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143368", "13470")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143368", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143280", "13471")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143280", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143366", "13472")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143366", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143365", "13473")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143365", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143285", "13475")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143285", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143286", "13476")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143286", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143276", "13477")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143276", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143288", "13479")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143288", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143279", "13480")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143279", "5  SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144188", "13481")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144188", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144189", "13482")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144189", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144190", "13483")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144190", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144191", "13484")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144191", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144192", "13485")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144192", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144193", "13486")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144193", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144194", "13487")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144194", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144197", "13488")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144197", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144198", "13489")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144198", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144199", "13490")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144199", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144200", "13491")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144200", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144201", "13492")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144201", "5 SECADORES P/ MÃOS A JATO ECO DRYER 2201B. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>755,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143275", "20552")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143275", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>