--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,4891 +269,4283 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9772", "062")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9772", " 50 BOTIJÕES - (QDT.  43 P5 - 04 P13 - 3 DE 1KG), S/FR, UND DOIS CORRÉGOS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9648", "064")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9648", " TRATOR MASSEY FERGUSSON 290 4X4 CAREGADEIRA COM BOCA E LAMINA, ANO 1994, UND DOIS CORREGOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9773", "560")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9773", "GM/ S10  ADVANTAGE, ANO/MOD 2011, PLACA ERS4082, COMB, FLEX, FR168719, UND IPAUSSU           ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9913", "569")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9913", " GEO COMPOSTO - TIPO MANTA SEM USO -  PAD INTERNO, S/FR, UND IPAUSSU")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9651", "574")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9651", " SUCATA 2 TRANSFORMADORES E 5 MOTORES PEQUENO, S/FR, UND IPAUSSU")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9650", "575")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9650", " REDUTOR,  S/FR,  UND IPAUSSU")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9652", "576")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9652", " SUCATA  VARIADORES (VENDA POR LOTE), S/FR,  UND IPAUSSU")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9866", "577")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9866", "30 MOTORES ELÉTRICOS, (VENDA POR LOTE), S/FR, UND IPAUSSU - VIDE DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9774", "1309")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9774", " 1 BEBEDOURO DE ÁGUA INOX TENSÃO 220V - 1 ESTUFA ESTERILIZAÇÃO E SECAGEM, UND ZANIN")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9775", "1313")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9775", " S10 ADVANTAGE D,ANO 2011,  PLACA EVC4574, COMB. FLEX, UND ZANIN")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9858", "1315")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9858", " CAMINHÃO SCANIA P124CA 6X4, ANO 2003, PLACA BNK8504, FR81470, UND SERRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9859", "1316")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9859", " CAMINHÃO SCANIA R113 6X4 COM TANQUE , ANO 1993, PLACA BQF3175, FR45015, UND SERRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9860", "1317")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9860", " CAMINHÃO M.BENZ 2213 COM TANQUE E BOMBA, ANO 1984, PLACA BKJ0651, FR360121, UND ZANIN")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9862", "1318")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9862", " HIDROROL (ROLÃO COM MOTOR), ANO 1985, PLACA CVD2391, FR360463, UND ZANIN")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9863", "1319")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9863", " REBOQUE GUERRA 8,20 M, ANO/MOD 2008/09, PLACA EFX3841, FR133011, UND ZANIN")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9861", "1320")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9861", " REBOQUE RANDON  8,00 M, ANO 2008, PLACA EAP7091, FR121428, UND ZANIN")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9910", "1321")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9910", "TUBOS DE VINHAÇA, S/FR, UND ZANIN")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9914", "2336")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9914", " 1 POLICORTE, 1 GUINDASTE HIDRAULICO, UND DIAMANTE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9776", "2387")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9776", "GUINDASTE E OUTROS PERIFÉRICOS, S/FR, UND DIAMANTE (LOC; lLOTE  PORTO BARREIRO)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9777", "2392")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9777", " CAMINHÃO SCANIA/R113 E 6X4 360 - (SEM MOTOR), ANO 1994, PLACA BWT3452, FR97013, UND BARRA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9688", "2401")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9688", " 5 MOTORES, (VENDA POR LOTE)  SFR, UND DIAMANTE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9687", "2402")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9687", " CARRETINHA COM DOCUMENTO, ANO 2010, PLACA EPM 0171, (R/METALVIS MSV 500), FR71026, UND DIAMANTE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9692", "2403")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9692", " 5 BOMBAS DE VINHAÇA, SFR, UND DIAMANTE ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9690", "2404")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9690", " TANQUE DE FIBRA COM BOMBA E ESTRUTURA , SFR, UND DIAMANTE")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9689", "2405")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9689", " CAMINHÃO VW 7.110 S COM MAQUINA DE SOLDA, ANO 1989, FR102467 E 72463, PLACA ADI2979, UND DIAMANTE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9691", "2406")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9691", "REB/ANTONINI, ANO 1993, PLACA BNT 7809, FR36102, SFR, UND DIAMANTE")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9693", "2407")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9693", " TANQUE DE AÇO 8 MIL LITROS COM MOITÃO, SFR, UND DIAMANTE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9694", "2408")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9694", " TELAS DE AÇO (PESO ESTIMADO 300KILOS), SFR, UND DIAMANTE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9900", "2409")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9900", "15 Ton. TUBOS DE FERRO, (VENDA POR KG), S/FR, UND DIAMANTE")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.650,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9901", "2410")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9901", " 2 EIXOS DE ROTORES (VENDA POR LOTE), S/FR, UND DIAMANTE")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9902", "2411")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9902", "CARRETA DE ABRIGO  ARÉA DE VIVENCIA AZUL, FR103686, UND DIAMANTE")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9778", "3003")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9778", " 2 DOLLY SUCATA, SEM DIREITO A DOCUMENTO, FR56885/ FR112617, UND BARRA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9779", "3069")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9779", " ROLAMENTOS , S/FR, VEJA DESCRITIVO DE ITENS, UND BARRA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9780", "3075")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9780", "SUCATA DE TRATOR VALTRA, ANO 2014, FR100731, UND BARRA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9602", "3084")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9602", " TRATOR MASSEY FERGUSSON MF6350 4X4, ANO 2002, FR102704, UND BARRA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9605", "3087")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9605", "CARRETA DE SERVIÇOS GERAIS, FR73691, UND BARRA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9872", "3088")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9872", " MAQUINA P/CORTE DE CHAPA FRANHO PATR.74424, UND BARRA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9870", "3089")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9870", " 1 CABINE E 2 VASOS DE PLANTAS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9869", "3090")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9869", "  2  MOTO REDUTORES, 7 MOTORES E 2 DISJUNTORES, PATR. 197991/072749, UND BARRA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9871", "3091")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9871", " CARRETA DISTRIBUIDORA DE TORTA,FR103623, UND BARRA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9867", "3092")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9867", " TRANSBORDO SANTAL VT 10T, ANO 2009, FR135619, UND BARRA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9868", "3093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9868", " PORTAS E JANELAS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9873", "3094")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9873", " VIGAS E PRANCHAS, PONTALETES, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9874", "3095")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9874", " 2 ENLEIRADEIRA SUCATA, FR103405/103425, UND BARRA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9875", "3096")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9875", " 2 SULCADOR, 1 CULTIVADOR E 2 SUCATA DE SUBSOLADOR, FR 103482,FR103300,FR103362,FR103362, UND BARRA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9876", "3097")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9876", " DISTRIBUIDOR DE CALCARIO COR VERMELHA MCA. SOLLUS, FR103640, UND BARRA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>16.100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9877", "3098")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9877", " CARRETA DISTRIBUIDORA DE TORTA, FR103632, UND BARRA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9878", "3099")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9878", " CARRETA SERVICOS DIVERSOS, FR073057, UND BARRA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9881", "3100")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9881", " COBRIDOR E ARADO, FR73825/FR103467, UND BARRA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9880", "3101")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9880", " SUBSOLADOR E OUTRAS PEÇAS AUTOMOTIVAS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9879", "3102")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9879", " MOTOR SCANIA ( GRAVAÇÃO DANIFICADA NÃO SERÁ ENTREGUE CARTA DE PROCEDENCIA), S/FR, UND BARRA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.550,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9882", "3103")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9882", " 2 SUBSOLADOR SUCATA, FR103308/FR103373, UND BARRA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9883", "3104")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9883", " DOLLY, ANO 2006, FR98003 (SEM DOCUMENTO), UND BARRA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9887", "3105")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9887", " DOLLY, ANO 2007, FR98001 (SEM DOCUMENTO), UND BARRA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9885", "3106")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9885", " TANQUE FIBRA 20000 Litros, FR98814, UND BARRA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9886", "3107")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9886", " TANQUE FIBRA 20000 mil litros, FR98813, UND BARRA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9889", "3108")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9889", "TANQUE DE FIBRA 15 mil litros aproximadamente, FR96626, UND BARRA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9891", "3109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9891", " SEMI-REBOQUE USICAMP 12,50M CANA INTEIRA, ANO 2008, FR70356, PLACA EAD5063, UND BARRA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>30.200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9884", "3110")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9884", " SEMI-REBOQUE RANDON 11,80, ANO 2007, FR96202, PLACA DHF1367, UND BARRA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>30.550,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9700", "3111")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9700", "GRADE ARADORA COM 26 DISCOS, FR103182, UND  BARRA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>126</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9701", "3112")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9701", "GRADE ARADORA COM 36 DISCOS, FR103148, UND  BARRA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9893", "3113")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9893", " SEMI-REBOQUE CANA PICADA DIM 12,50M AZUL USICAMP, ANO 2008, FR96258, PLACA EAJ8507, UND BARRA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>30.300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9892", "3116")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9892", " MOTO BOMBA MWM, FR102405, UND UND BARRA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9865", "3117")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9865", "1500 RODAS MED.1100 x 22 10f (em bom estado), S/FR, UND BARRA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>157</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9903", "3118")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9903", "100 TUBOS DE ALUMINIO, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>13.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9698", "3928")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9698", "ESTUFA CULTURA FANEM 002-CB, PAT28161, UND BARRA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9649", "4470")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9649", " CENTRIFUGA DE VINHO, S/FR,  UND COSTA PINTO ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9699", "4550")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9699", " CARROCERIA CANA PICADA, PAT. 55020, UND COSTA PINTO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9804", "4570")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9804", " 2 ESTEIRA TRANSPORTADORA, PATR. 067329, UND COSTA PINTO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9912", "5519")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9912", " MF 290 4X2, ANO 1993- SÉRIE/CHASSI 2287041186, FR115461, UND BONFIM")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9783", "5526")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9783", " TRANSBORDO SERMAG 12 T, ANO 2009 FR38345, UND BONFIM")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9853", "5529")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9853", " TRATOR MF 275 4X2, ANO 1993 SÉRIE 2160058123, FR115431, UND BONFIM")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>22.350,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9855", "5530")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9855", " TRATOR MF 275 4X2, ANO 1993, SÉRIE 2160060620, FR115455, UND BONFIM")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>24.450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9849", "8332")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9849", "CABO DE AÇO 1500 Kilos (aproximadamente), S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9803", "8333")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9803", "2 REDUTOR  SENDO 1 CESTARI HT 80/5 E 1 SEM ESPECIFICAÇÃO, PAT 66237/66148, UND RAFARD")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9802", "8334")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9802", " 2 REDUTOR  SENDO 1 CESTARI HT 70/12 E 1 SEM ESPECIFICAÇÃO, PAT 69822/66134, UND RAFARD")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9800", "8335")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9800", " VENTILADOR SEM INFORMAÇÕES, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9801", "8336")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9801", " 6 TUBOS VERDE TIPO TROCADOR E 30 TUBOS DE FERRO COM RESÍDUO DE CAL, S/FR, UND RAFARD ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9799", "8337")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9799", " 1 TROCADOR DE CALOR. PATR. 66535, UND RAFARD")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9806", "8338")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9806", " VÁLVULAS DIVERSAS SENDO UMA GRANDE, S/FR, UND RAFARD ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.950,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9805", "8339")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9805", " 2 BALANÇÃO, 8 MTS APROXIMADAMENTE CADA, PATR. 211058, UND RAFARD")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9850", "8340")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9850", "3 BOMBA, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9811", "8341")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9811", " 3 BOMBA IMBIL GRANDE COR VERDE, PATR, 206339/66363/205838, UND RAFARD")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9808", "8342")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9808", " 6 REDUTORES, 1 MOTOREDUTOR, PATR. 209173/211104/211103/209406, UND RAFARD")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9807", "8343")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9807", "DIVERSAS PEÇAS BOMBAS, PATR. 209384/066523/209622/209618/066637/069849/208370/066244/066334/066456/066177, UND RAFARD")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9809", "8344")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9809", " 15 ROLOS DE BORRACHAS APROXIMADAMENTE, DIVERSAS MEDIDAS E TAMANHO, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9810", "8345")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9810", " TURBINA A VAPOR WORTHINGTON, PATR. 69734, RAFARD")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9812", "8346")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9812", " TUBO DE EVAPORAÇÃO MEDIDA APROXIMADA 2 METROS, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9813", "8347")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9813", " 2 ESTEIRA TRANSPORTADORA 7MTS APROX., PATR. 56811/209660,  UND RAFARD")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9814", "8348")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9814", " SUCATA DE 2 ESTRUTURA DE FIBRA UMA COM MOTOR, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9815", "8350")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9815", " VOLANDEIRA, S/FR, UND RAFARD (PESO ESTIMADO PARA CARREGAMENTO 8 TONELADAS) ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9818", "8351")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9818", "  3 TORRES DE RESFRIAMENTO, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9816", "8352")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9816", " 2 PICADOR, S/FR, UND RAFARD  ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9819", "8353")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9819", " 16 EIXOS VARIAS MEDIDAS, S/FR, UND RAFARD ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9653", "8361")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9653", " FRIGOBAR, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9654", "8362")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9654", " 9 CAÇAMBA, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9659", "9173")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9659", " MUNCK 3,5 TONELADAS, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>7.350,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9655", "9174")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9655", " SONDA HORIZONTAL, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9817", "9175")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9817", " SECADOR DE AR COR VERDE NORGRE P9200W, PATR.64984, UND SÃO FRANCISSO")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9820", "9176")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9820", " MUNCK, PATR. 148749, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>7.550,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9821", "9177")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9821", " PRENSA HIDRÁULICA, PATR. 213001, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9822", "9178")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9822", " 3 MAQUINAS- 1 ESMERIL, I POLICORTE E 1 MAQUINA DE SODA BAMBOZZI, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9827", "9179")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9827", " 5 MOTORES DIESEL, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9824", "9180")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9824", " 10 MOTORES ELÉTRICOS, 2 MAQUINAS DE SODA, SUCATA DE CHAVES,S/FR, UND SÃO FRANCISCO ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9825", "9182")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9825", " PISTÕES DIVERSOS E BANCOS, S/FR, UND SÃO FRANISCO")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9828", "9183")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9828", " 3 CAÇAMBAS, 3 JANELAS E TUBULAÇÕES DIVERSAS, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9851", "9184")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9851", "VENTILADOR COM MOTOR BUFALO 40 CV, PATR. 66328/66327, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9826", "9185")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9826", " 3 MOTORES 50/60 E 7O CV  E 3 VALVULAS , S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9830", "9187")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9830", " 6 ESTEIRA TRANSPORTADORA DE AÇUCAR DIVERSOS TAMANHO, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9829", "9188")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9829", " SUCATA DE COLHEDORA JOHN DEERE, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>16.600,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9834", "9189")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9834", " CAMINHÃO M.B./M.BENZ L 1518, COR AZUL, CARGA SECA, ANO/MOD 1988/89, FR34036, PLACA BSC2197, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>39.000,99</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9831", "9190")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9831", "TRATOR SUCATA DE  AGRI PNEU 205/225CV, ANO 2013, FR116526, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9785", "11522")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9785", " REBOQUE GUERRA CANA PICADA, ANO/MOD 2008/09, PLACA EIG8024, FR133014, UND SERRA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>11.100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9786", "11529")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9786", " GM/S10 ADVANTAGE D, ANO/MOD 2009/2010, PLACA EGR0591, FLEX, FR58124, UND SERRA")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9787", "11530")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9787", " REBOQUE CANA PICADA,ANO/MOD 2008/09, PLACA EIG8131,  FR133013, UND SERRA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>12.350,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9854", "11532")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9854", " TRATOR MF 283 4X4, ANO 2006, SÉRIE 2934221935, FR115105, UND SERRA")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9857", "11533")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9857", " TRATOR MF 283 4X4, ANO 2006, SÉRIE 2834221695, FR115104, UND SERRA")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>42.450,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9852", "11534")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9852", " CHEVROLET S10 LS 2.4 4X2, ANO 2014, FLEX,  PLACA ETY1695, FR118508, UND SERRA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...47 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9864", "11536")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9864", "VIGAS DIVERSAS MEDIDAS (Peso Estimado 100 Toneladas), VENDA POR LOTE, S/FR, UND BONFIM")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9788", "12120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9788", " MOTOR EST.BRANCO BD710CFE, FR92832, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9789", "12121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9789", " CARROCERIA COMBOIO - SEM DOCUMENTO, FR92092, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9790", "12132")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9790", " CARRETA ABRIGO FAB.PRÓPRI - SEM DOCUMENTO, FR92702, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9791", "12141")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9791", " MOTOR CA. ABRIGO S.IZABEL, FR92807, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9792", "12245")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9792", "GM/S10 ADVANTAGE D , ANO 2010/11, PLACA EAA9752, FLEX, FR92283, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9793", "12247")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9793", "ESTUFA ODONTOLÓGICA, INVENT 181423, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9794", "12256")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9794", " CHEVROLET S10, ANO/MOD 2009/10, FLEX, PLACA EAA9373,  FR92286, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9795", "12267")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9795", " 1 SULCADOR E 1 SUPER CULTIV. ADUBADE DMB, FR92730/ FR92732, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9911", "12269")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9911", " S.REBOQUE USICAMP 11,80 M, ANO 2006 PLACA DGX0531, FR93617, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>20.050,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9918", "12270")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9918", "DIVERSOS MOVEIS, S/FR, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9915", "15263")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9915", " TALHA COM ESTRUTURA, S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9658", "15267")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9658", " CAIXA D'AGUA (10.000 LITROS APROXIMADAMENTE), S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9657", "15268")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9657", " CAIXA D'AGUA (15.000 LITROS APROXIMADAMENTE), S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9660", "15269")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9660", " TRITURADOR E TANQUE PEQ, S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9832", "16150")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9832", " TRANSBORDO SMR 10500 10 T, FR10137, UND SANTA HELENA")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9835", "16177")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9835", " TRANSBORDO SANTAL 8 T, FR93804, UND SANTA HELENA")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9797", "16183")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9797", " TANQUE DIESEL, Nº IMOB. BAR2-90486-0, FR 208253, UND SANTA HELENA")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9836", "16186")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9836", " TRANSBORDO ATA10500 10 T , FR173440, UND SANTA HELENA")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9839", "16187")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9839", " TRANSBORDO SMR 10500 10 T, FR5503, UND SANTA HELENA")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9837", "16197")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9837", " TRANSBORDO SMR 10500 10 T, FR55016, UND SANTA HELENA")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9695", "16201")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9695", "TURBINA, FR208333, UND SANTA HELENA")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9798", "16205")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9798", " REDUTOR DE VELOCIDADE KRUPP, INV, 208295,IMOB. BAR2-90414-0, UND SANTA HELENA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9840", "16235")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9840", " ESTRURA DE AÇO TIPO TAMPA, S/FR, UND SANTA HELENA")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...42 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9841", "16236")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9841", " IMPLEMENTO ADUBADEIRA JM3520SH JUMIL, FR57304, UND SANTA HELENA")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9838", "16237")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9838", " TRANSBORDO SMR 10500 10 T, FR10129, UND SANTA HELENA")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9843", "16238")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9843", " TRANSBORDO SMR 10500 10 T, FR55019, UND SANTA HELENA")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9847", "16239")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9847", " TRANSBORDO SANTAL VT 10T, FR10141, UND SANTA HELENA")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9842", "16240")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9842", " REBOQUE FNV 7,60 M COM TANQUE DE FIBRA, FR22826, ANO 1988, PLACA BQO4971, UND SANTA HELENA ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9845", "16241")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9845", " REBOQUE RODOVIARIA 7,60M, FR56069, ANO 1987, PLACA BQF9505, UND SANTA HELENA")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9846", "16242")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9846", " REBOQUE RANDON  8,00 M, FR173861, ANO 2001, PLACA BNB9800, UND SANTA HELENA ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9844", "16243")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9844", " REBOQUE RODOVIARIA 7,60M, ANO 1983, FR66006, PLACA CQZ3705, UND SANTA HELENA")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...1818 lines deleted...]
-      <c r="D81" s="4" t="inlineStr">
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9848", "16244")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9848", " REBOQUE ANTONINI  7,60M, ANO 1993,PLACA BIJ3861, FR139619, UND SANTA HELENA")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E81" s="5" t="inlineStr">
+      <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...2558 lines deleted...]
-      </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9661", "16245")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9661", " CAMINHÃO M. BENZ L 2219 BASCULANTE , ANO 1986, PLACA CWJ0594, FR22110, UND SANTA HELENA               ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>