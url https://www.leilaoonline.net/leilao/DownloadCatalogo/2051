--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143585", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143585", "MMC/L200 TRITON FLEX; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143590", "085")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143590", "GM/S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143587", "091")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143587", "GM/S10 2.2 D; 1997/1998; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143594", "093")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143594", "I/CITROEN JUMPY FURGAOPK; 2021/2022; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143593", "094")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143593", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>103.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143893", "097")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143893", "HYUNDAI/CRETA 20A PRESTI; 2019/2020; PRATA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - APROX. 30.700KM - FIPE: 113.700,00")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>70.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143597", "098")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143597", "I/TOYOTA HILUX SW4 4X2SR; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143591", "099")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143591", "FIAT/PALIO WEEK TREKKING; 2010/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143586", "101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143586", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 974; CP 122")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143596", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143596", "HYUNDAI/HB20S 1.6M COMF; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143595", "103")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143595", "GM/S10 2.2 D; 1997/1998; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143588", "104")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143588", "HYUNDAY/HB20S 10M EVOLUT; 2020/2021; CINZA, ALCO./GASOL.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143592", "105")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143592", "FIAT/DUCATO MAXICARGO; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143589", "106")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143589", "CAMINHÃO FORD 11000; 1990/1990")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143598", "107")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143598", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2016/2016; PRATA; DIESEL - FUNCIONANDO - R$ 148.466,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143836", "108")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143836", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.957,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>37.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143602", "109")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143602", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143603", "110")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143603", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 403; CP 123")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143604", "111")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143604", "I/FORD FOCUS 2.0L HA; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143835", "124")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143835", "veja o vídeo!! VW/SAVEIRO 1.6 SUPERSURF; 2003/2004; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...335 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143834", "127")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143834", "veja o vídeo!! GM/S10 COLINA S; 2006/2006; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143601", "135")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143601", "FIAT PALIO WEEKEND ADVENTURE; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 983; CP 126")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143833", "141")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143833", "veja o vídeo!! FIAT/DOBLO RONTAN AMB; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>